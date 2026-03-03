--- v0 (2025-10-21)
+++ v1 (2026-03-03)
@@ -111,102 +111,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将乘坐IslandQueen渡轮前往著名度假胜地玛莎葡萄园岛，渡轮上设施齐全，服务周到，沿途风景很美，一定让您感到宾至如归！玛莎葡萄园岛有舒适的气候温度和大量迷人的海滩、峭壁、日落风光以及航海捕鱼等许多有趣的故事，我们将搭乘巴士游览玛莎葡萄园岛，聆听导游讲述关于岛屿的历史。下午在玛莎葡萄园岛自由活动，最后返回波士顿。行程安排：波士顿&amp;rarr;IslandQueen渡轮（自费，35分钟）&amp;rarr;玛莎葡萄园岛巴士观光之旅（自费，120分钟）&amp;rarr;自由活动+午餐（150分钟）&amp;rarr;IslandQueen渡轮（自费，35分钟）&amp;rarr;波士顿景点介绍：【IslandQueen渡轮】搭乘IslandQueen渡轮前往玛莎葡萄园岛。我们将在温亚德海峡波光粼粼的水域享受35分钟的愉快游船之旅，放松身心，探索传说中的玛莎葡萄园岛。【玛莎葡萄园岛Martha'sVineyard】玛莎葡萄园岛，又译为马萨葡萄园岛、马撒葡萄园岛，常简称&amp;ldquo;葡萄园岛（TheVineyard）&amp;rdquo;，是美国马萨诸塞州外海的一座岛屿，美国著名度假胜地，面积231.75平方公里。玛莎葡萄园岛因舒适的气候和能站在高耸的悬崖上观看大西洋而闻名，引得众多电影明星、政治家及艺术家汇集，成为多位美国总统的度假胜地。1602年，英国探险家戈斯诺尔德（BartholomewGosnold）以其长女之名及该岛盛产葡萄，将其命名为玛莎葡萄园岛。【玛莎葡萄园岛巴士观光之旅Martha'sVineyardsightseeingbustours】对于初次来玛莎葡萄园岛的游客来说，搭乘巴士游览玛莎葡萄园岛一个绝佳的选择。您将会有的充足时间沿途了解有关岛屿历史和文化的故事、体验玛莎葡萄园岛的美丽景色和独特个性、聆听第四代和第五代岛民讲述该地区引人入胜的历史。</w:t>
-[...50 lines deleted...]
-              <w:t xml:space="preserve">今天我们将乘坐IslandQueen渡轮前往著名度假胜地玛莎葡萄岛，渡轮上设施齐全，服务周到，沿途风景很美，一定让您感到宾至如归！玛莎葡萄岛有舒适的气候温度和大量迷人的海滩、峭壁、日落风光以及航海捕鱼等许多有趣的故事，我们将搭乘巴士游览玛莎葡萄岛，聆听导游讲述关于岛屿的历史。下午在玛莎葡萄岛自由活动，最后返回波士顿。行程安排：波士顿&amp;rarr;IslandQueen渡轮（自费，35分钟）&amp;rarr;玛莎葡萄岛巴士观光之旅（自费，120分钟）&amp;rarr;自由活动+午餐（150分钟）&amp;rarr;IslandQueen渡轮（自费，35分钟）&amp;rarr;波士顿景点介绍：【IslandQueen渡轮】搭乘IslandQueen渡轮前往玛莎葡萄园岛。我们将在温亚德海峡波光粼粼的水域享受35分钟的愉快游船之旅，放松身心，探索传说中的玛莎葡萄园岛。【玛莎葡萄岛Martha'sVineyard】玛莎葡萄岛，又译为马萨葡萄园岛、马撒葡萄园岛，常简称&amp;ldquo;葡萄园岛（TheVineyard）&amp;rdquo;，是美国马萨诸塞州外海的一座岛屿，美国著名度假胜地，面积231.75平方公里。玛莎葡萄岛因舒适的气候和能站在高耸的悬崖上观看大西洋而闻名，引得众多电影明星、政治家及艺术家汇集，成为多位美国总统的度假胜地。1602年，英国探险家戈斯诺尔德（BartholomewGosnold）以其长女之名及该岛盛产葡萄，将其命名为玛莎葡萄岛。【玛莎葡萄岛巴士观光之旅Martha'sVineyardsightseeingbustours】对于初次来玛莎葡萄岛的游客来说，搭乘巴士游览玛莎葡萄岛一个绝佳的选择。您将会有的充足时间沿途了解有关岛屿历史和文化的故事、体验玛莎葡萄岛的美丽景色和独特个性、聆听第四代和第五代岛民讲述该地区引人入胜的历史。</w:t>
+              <w:t xml:space="preserve">今天我们将乘坐IslandQueen渡轮前往著名度假胜地玛莎葡萄岛，渡轮上设施齐全，服务周到，沿途风景很美，一定让您感到宾至如归！玛莎葡萄岛有舒适的气候温度和大量迷人的海滩、峭壁、日落风光以及航海捕鱼等许多有趣的故事，我们将搭乘巴士游览玛莎葡萄岛，聆听导游讲述关于岛屿的历史。下午在玛莎葡萄岛自由活动，最后返回波士顿。行程安排：波士顿&amp;rarr;IslandQueen渡轮（自费，35分钟）&amp;rarr;玛莎葡萄岛巴士观光之旅（自费，120分钟）&amp;rarr;自由活动+午餐（150分钟）&amp;rarr;IslandQueen渡轮（自费，35分钟）&amp;rarr;波士顿景点介绍：【IslandQueen渡轮】搭乘IslandQueen渡轮前往玛莎葡萄园岛。我们将在温亚德海峡波光粼粼的水域享受35分钟的愉快游船之旅，放松身心，探索传说中的玛莎葡萄园岛。景点介绍：【玛莎葡萄岛Martha'sVineyard】玛莎葡萄岛，又译为马萨葡萄园岛、马撒葡萄园岛，常简称&amp;ldquo;葡萄园岛（TheVineyard）&amp;rdquo;，是美国马萨诸塞州外海的一座岛屿，美国著名度假胜地，面积231.75平方公里。玛莎葡萄岛因舒适的气候和能站在高耸的悬崖上观看大西洋而闻名，引得众多电影明星、政治家及艺术家汇集，成为多位美国总统的度假胜地。1602年，英国探险家戈斯诺尔德（BartholomewGosnold）以其长女之名及该岛盛产葡萄，将其命名为玛莎葡萄岛。【玛莎葡萄岛巴士观光之旅Martha'sVineyardsightseeingbustours】对于初次来玛莎葡萄岛的游客来说，搭乘巴士游览玛莎葡萄岛一个绝佳的选择。您将会有的充足时间沿途了解有关岛屿历史和文化的故事、体验玛莎葡萄岛的美丽景色和独特个性、聆听第四代和第五代岛民讲述该地区引人入胜的历史。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -260,83 +209,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.餐饮；2.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；3.服务费（每人每天最低支付US$12，儿童及占座婴儿均按成人标准支付）；4.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述IslandQueen渡轮成人：$28.00儿童（5-12岁）：$17.00包含往返渡轮费用。玛莎葡萄岛巴士观光之旅Martha'sVineyardsightseeingbustours每人：$60.00</w:t>
+              <w:t xml:space="preserve">1.餐饮；2.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；3.服务费（每人每天最低支付US$15，儿童及占座婴儿均按成人标准支付）；4.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述IslandQueen渡轮成人：$28.00儿童（5-12岁）：$17.00包含往返渡轮费用。玛莎葡萄岛巴士观光之旅Martha'sVineyardsightseeingbustours每人：$60.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>