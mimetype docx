--- v0 (2025-10-16)
+++ v1 (2026-03-12)
@@ -6,51 +6,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">【银榜惠享】美国 纽约+华盛顿特区+尼亚加拉瀑布 5日游（EWR接机）-行程单【君行天下】</w:t>
+        <w:t xml:space="preserve">【银榜惠享】美国 纽约+费城+华盛顿特区+尼亚加拉瀑布 5日游（EWR接机）-行程单【君行天下】</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="500" w:type="dxa"/>
         <w:gridCol w:w="7000" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="Schedule Table"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="900" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -111,510 +111,255 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">接机信息：1.参团当日免费接机机场：纽瓦克国际机场EWR，参团当日免费接机时间：9:00&amp;amp;16:00-21:00（此时间为客人拿到行李后在取行李处和我司工作人员汇合时间，需要在机场等候临近航班的客人）。2.美国国内航班抵达后的程序是：下机&amp;rarr;前往航班行李转盘&amp;rarr;见到导游&amp;rarr;导游安排您与其他团员共乘最近一班车辆离开机场。3.国际航班抵达后的程序是：下机&amp;rarr;护照检查&amp;rarr;提取行李&amp;rarr;海关检查&amp;rarr;见到导游&amp;rarr;导游安排您与其他团员共乘最近一班车辆离开机场。4.参团贵宾如在上述时间外或需要专车接机服务费用为$160/单程（涵盖第一第二人，第三人起每多一位加多10美元）。第一日行程仅供参考，具体安排以您的航班抵达时间为准。参团当日免费接机/接送，未含服务费$12/每人。抵达纽约，国内航班在该航班行李提取处等候，国际航班在乘客出口处等候。自费项目1：纽约早游&amp;bull;限于EWR机场在9:00前拿到行李见到导游的客人，可以选择自费参加纽约早游。&amp;bull;早游行程安排：纽约市政厅&amp;amp;布鲁克林大桥（80分钟）&amp;rarr;午餐（45分钟，费用自理）&amp;rarr;纽约唐人街&amp;amp;小意大利&amp;amp;曼哈顿大桥（60分钟）&amp;rarr;纽约SOHO潮流街区（30分钟）备注：提前预定，两人成团，保证有位；团上预定，届时以车上是否有空位为准。景点介绍：【纽约早游NewYorkMorningTour】首先前往有着两百多年历史的纽约市政厅，它是美国历史最悠久的现役市政厅。这座古希腊风格的大理石建筑古朴典雅，是纽约希腊文艺复兴时期建筑风格的杰出代表。随后打卡著名的布鲁克林大桥，漫步走过这座古老的悬索桥，欣赏河海交汇处美丽的曼哈顿天际线。午餐后前往乡味十足的唐人街和充满浓郁意式风情的小意大利，在热闹的街区里享受浓浓的人间烟火气~接着前往游览和布鲁克林大桥并排而立的姐妹桥&amp;mdash;&amp;mdash;曼哈顿大桥，虽然名气略逊一筹，但后者同样壮观。最后来到SOHO潮流街区，地处曼哈顿中城，这片街区兼具时尚与文艺，无论是追求个性的网红涂鸦，还是潮流时尚的买手店，抑或者年代感十足的街区建筑，这条街区能够满足你的一切想象！</w:t>
+              <w:t xml:space="preserve">接机信息：1.参团当日免费接机机场：纽瓦克国际机场EWR，参团当日免费接机时间：9:00&amp;amp;16:00-21:00（此时间为客人拿到行李后在取行李处和我司工作人员汇合时间，需要在机场等候临近航班的客人）。2.美国国内航班抵达后的程序是：下机&amp;rarr;前往航班行李转盘&amp;rarr;见到导游&amp;rarr;导游安排您与其他团员共乘最近一班车辆离开机场。3.国际航班抵达后的程序是：下机&amp;rarr;护照检查&amp;rarr;提取行李&amp;rarr;海关检查&amp;rarr;见到导游&amp;rarr;导游安排您与其他团员共乘最近一班车辆离开机场。4.参团贵宾如在上述时间外或需要专车接机服务费用为$160/单程（涵盖第一第二人，第三人起每多一位加多10美元）。第一日行程仅供参考，具体安排以您的航班抵达时间为准。参团当日免费接机/接送，未含服务费$15/每人。抵达纽约，国内航班在该航班行李提取处等候，国际航班在乘客出口处等候。自费项目1：纽约早游&amp;bull;限于EWR机场在9:00前拿到行李见到导游的客人，可以选择自费参加纽约早游。&amp;bull;早游行程安排：纽约市政厅&amp;amp;布鲁克林大桥（80分钟）&amp;rarr;午餐（45分钟，费用自理）&amp;rarr;纽约唐人街&amp;amp;小意大利&amp;amp;曼哈顿大桥（60分钟）&amp;rarr;纽约SOHO潮流街区（30分钟）备注：提前预定，一人成团，保证有位；团上预定，届时以车上是否有空位为准。景点介绍：【纽约早游NewYorkMorningTour】首先前往有着两百多年历史的纽约市政厅，它是美国历史最悠久的现役市政厅。这座古希腊风格的大理石建筑古朴典雅，是纽约希腊文艺复兴时期建筑风格的杰出代表。随后打卡著名的布鲁克林大桥，漫步走过这座古老的悬索桥，欣赏河海交汇处美丽的曼哈顿天际线。午餐后前往乡味十足的唐人街和充满浓郁意式风情的小意大利，在热闹的街区里享受浓浓的人间烟火气~接着前往游览和布鲁克林大桥并排而立的姐妹桥&amp;mdash;&amp;mdash;曼哈顿大桥，虽然名气略逊一筹，但后者同样壮观。最后来到SOHO潮流街区，地处曼哈顿中城，这片街区兼具时尚与文艺，无论是追求个性的网红涂鸦，还是潮流时尚的买手店，抑或者年代感十足的街区建筑，这条街区能够满足你的一切想象！</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">接机信息：1.参团当日免费接机机场：纽瓦克国际机场EWR，参团当日免费接机时间：9:00&amp;amp;16:00-21:00（此时间为客人拿到行李后在取行李处和我司工作人员汇合时间，需要在机场等候临近航班的客人）。2.美国国内航班抵达后的程序是：下机&amp;rarr;前往航班行李转盘&amp;rarr;见到导游&amp;rarr;导游安排您与其他团员共乘最近一班车辆离开机场。3.国际航班抵达后的程序是：下机&amp;rarr;护照检查&amp;rarr;提取行李&amp;rarr;海关检查&amp;rarr;见到导游&amp;rarr;导游安排您与其他团员共乘最近一班车辆离开机场。4.参团贵宾如在上述时间外或需要专车接机服务费用为$160/单程（涵盖第一第二人，第三人起每多一位加多10美元）。第一日行程仅供参考，具体安排以您的航班抵达时间为准。参团当日免费接机/接送，未含服务费$12/每人。抵达纽约，国内航班在该航班行李提取处等候，国际航班在乘客出口处等候。自费项目1：纽约早游&amp;bull;限于EWR机场在9:00前拿到行李见到导游的客人，可以选择自费参加纽约早游。&amp;bull;早游行程安排：纽约市政厅&amp;amp;布鲁克林大桥（80分钟）&amp;rarr;午餐（45分钟，费用自理）&amp;rarr;纽约唐人街&amp;amp;小意大利&amp;amp;曼哈顿大桥（60分钟）&amp;rarr;纽约SOHO潮流街区（30分钟）备注：提前预定，两人成团，保证有位；团上预定，届时以车上是否有空位为准。景点介绍：【纽约早游NewYorkMorningTour】首先前往有着两百多年历史的纽约市政厅，它是美国历史最悠久的现役市政厅。这座古希腊风格的大理石建筑古朴典雅，是纽约希腊文艺复兴时期建筑风格的杰出代表。随后打卡著名的布鲁克林大桥，漫步走过这座古老的悬索桥，欣赏河海交汇处美丽的曼哈顿天际线。午餐后前往乡味十足的唐人街和充满浓郁意式风情的小意大利，在热闹的街区里享受浓浓的人间烟火气~接着前往游览和布鲁克林大桥并排而立的姐妹桥&amp;mdash;&amp;mdash;曼哈顿大桥，虽然名气略逊一筹，但后者同样壮观。最后来到SOHO潮流街区，地处曼哈顿中城，这片街区兼具时尚与文艺，无论是追求个性的网红涂鸦，还是潮流时尚的买手店，抑或者年代感十足的街区建筑，这条街区能够满足你的一切想象！</w:t>
+              <w:t xml:space="preserve">今天，我们将驱车前往友爱之城-费城，参观独立历史公园，见证美国独立相关历史。随后前往美国的政治中心、首都华盛顿，白宫、国会均设在这里，它还拥有众多博物馆，是著名旅游胜地。行程安排：纽约&amp;rarr;费城&amp;rarr;国家独立历史公园（30分钟）&amp;rarr;华盛顿特区&amp;rarr;国会大厦+美国国家档案馆深度游（自费入内参观，2小时，包含外观联邦最高法院和国会图书馆）&amp;rarr;白宫（外观，30分钟）&amp;rarr;林肯纪念堂+越战纪念墙（45分钟）&amp;rarr;酒店特殊说明：1.如遇特殊情况无法进入国会，行程将以华盛顿特区深度游代替。华盛顿特区深度游行程安排：空军纪念碑（20分钟，可以看到著名的五角大楼）&amp;rarr;杰斐逊纪念堂（20分钟）&amp;rarr;二战纪念碑（20分钟）景点介绍：【国家独立历史公园IndependenceNationalHistoricalPark】费城这片土地，见证了美国的独立和诞生。根据美国独立战争的精神建造的国家独立历史公园里包含了一些与美国革命和建国历史有关的历史建筑，被称为&amp;ldquo;美国最具有历史意义的一平方英里&amp;ldquo;。在公园里，可以看到绿树环抱的独立广场，高高耸立的乳白色钟塔，还有着站立在草坪上开国群英的铜像，这里的整体氛围使人感到庄严肃穆。景点介绍：【国会大厦U.S.Capitol】作为美国的政治中心，华盛顿拥有着众多标志性的政治文化景观，如国会大厦，美国联邦最高法院等。我们将入内华盛顿特区的几何中心&amp;mdash;&amp;mdash;国会大厦，行走在华丽精美的国会走廊，聆听每一幅壁画和每一座雕像背后的故事，深度了解为什么这里是民有、民治、民享政权的最高象征。【美国国家档案馆TheNationalArchives】国家档案馆收录了美国历史上各时期的珍贵文件，照片，和影像数据。其中最为著名的藏品便是1776年建国伊始起草的写在羊皮纸上的开国档原稿，共包括3份：《独立宣言》，《美国宪法》和《权利法案》。还有林肯在南北战争期间颁布的解放黑奴的《1863解放宣言》，二战结束纳粹德国的投降书，令尼克松东窗事发并最终将其拉下马的水门事件录音带等。【华盛顿特区深度游WashingtonD.C.In-depthTour】首先，我们将来到空军纪念碑，是由三根八十多米长的弧形钢柱组成，其设计灵感源自美国空军&amp;ldquo;雷鸟&amp;rdquo;特技表演队在特技表演时留在空中的三道白烟。随后到达泰斗湖前瞻仰纪念提出&amp;ldquo;人人生而平等&amp;rdquo;伟大理念的杰佛逊纪念堂。之后前往为纪念在二战期间服役的1600万美国军人而建的二战纪念碑。【白宫TheWhiteHouse】白宫是一幢白色的新古典风格砂岩建筑物，占地7.3万多平方米，由主楼和东、西两翼三部分组成。白宫是历任美国总统的办公和居住之地，也是美国政府的代名词。美国很多重要决策议案都是由总统在白宫签署和发出声明。美国开国元勋乔治华盛顿对美国总统官邸的建造曾发表过他的观点：它决不能是一座宫殿，决不能豪华，因为在这里工作的主人是国家仆人。【林肯纪念堂LincolnMemorial】林肯纪念堂是一座通体洁白的古希腊神殿式建筑，为纪念美国第16届总统亚伯拉罕&amp;middot;林肯而建，被视为美国永恒的塑像和华盛顿的标志。这里也是追求和平民主最著名的集会地，马丁&amp;middot;路德&amp;middot;金就在这里发表了演说《我有一个梦想》。【越战纪念墙VietnamVeteransMemorial】越战纪念墙位于林肯纪念堂北部，该纪念碑由用黑色花岗岩砌成的长500英尺的V字型碑体构成，用于纪念越战时期服役于越南期间战死的美国士兵和将官，闪闪生辉的黑色大理石墙上依每个人战死的日期为序，刻着美军57000多名1959年至1975年间在越南战争中阵亡者的名字。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天，我们将驱车前往友爱之城-费城，参观独立历史公园，见证美国独立相关历史。随后前往美国的政治中心、首都华盛顿，白宫、国会均设在这里，它还拥有众多博物馆，是著名旅游胜地。行程安排：纽约&amp;rarr;费城&amp;rarr;国家独立历史公园（30分钟）&amp;rarr;华盛顿特区&amp;rarr;国会山庄深度游（自费入内参观，1.5小时）+外观联邦最高法院和国会图书馆&amp;rarr;白宫（外观，30分钟）&amp;rarr;林肯纪念堂、韩战纪念广场、越战纪念墙（45分钟）&amp;rarr;酒店特殊说明：如遇特殊情况无法进入国会，行程将以华盛顿特区深度游代替。华盛顿特区深度游行程安排：空军纪念碑（20分钟，可以看到著名的五角大楼）&amp;rarr;杰斐逊纪念堂（20分钟）&amp;rarr;二战纪念碑（20分钟）&amp;rarr;倒影池（20分钟）景点介绍：【国家独立历史公园IndependenceNationalHistoricalPark】费城这片土地，见证了美国的独立和诞生。根据美国独立战争的精神建造的国家独立历史公园里包含了一些与美国革命和建国历史有关的历史建筑，被称为&amp;ldquo;美国最具有历史意义的一平方英里&amp;ldquo;。在公园里，可以看到绿树环抱的独立广场，高高耸立的乳白色钟塔，还有着站立在草坪上开国群英的铜像，这里的整体氛围使人感到庄严肃穆。【国会山庄全景深度游U.S.CapitolIn-depthTour】作为美国的政治中心，华盛顿拥有着众多标志性的政治文化景观，如国会大厦，美国联邦最高法院等。在国会山庄全景深度游中，我们将入内华盛顿特区的几何中心&amp;mdash;&amp;mdash;国会大厦，行走在华丽精美的国会走廊，聆听每一幅壁画和每一座雕像背后的故事，深度了解为什么这里是民有、民治、民享政权的最高象征。【华盛顿特区深度游WashingtonD.C.In-depthTour】首先，我们将来到空军纪念碑，是由三根八十多米长的弧形钢柱组成，其设计灵感源自美国空军&amp;ldquo;雷鸟&amp;rdquo;特技表演队在特技表演时留在空中的三道白烟。随后到达泰斗湖前瞻仰纪念提出&amp;ldquo;人人生而平等&amp;rdquo;伟大理念的杰佛逊纪念堂。之后前往为纪念在二战期间服役的1600万美国军人而建的二战纪念碑，最后前往国会大厦倒影池。【白宫TheWhiteHouse】白宫是一幢白色的新古典风格砂岩建筑物，占地7.3万多平方米，由主楼和东、西两翼三部分组成。白宫是历任美国总统的办公和居住之地，也是美国政府的代名词。美国很多重要决策议案都是由总统在白宫签署和发出声明。美国开国元勋乔治华盛顿对美国总统官邸的建造曾发表过他的观点：它决不能是一座宫殿，决不能豪华，因为在这里工作的主人是国家仆人。【林肯纪念堂LincolnMemorial】林肯纪念堂是一座通体洁白的古希腊神殿式建筑，为纪念美国第16届总统亚伯拉罕&amp;middot;林肯而建，被视为美国永恒的塑像和华盛顿的标志。这里也是追求和平民主最著名的集会地，马丁&amp;middot;路德&amp;middot;金就在这里发表了演说《我有一个梦想》。【韩战纪念广场KoreanWarVeteransMemorial】韩战纪念广场位于华盛顿特区国家广场林肯纪念堂附近，于1995年7月27日落成，是为了纪念在朝鲜战争三年期间在美国军队服役的580万美国人的牺牲。广场由四部分组成，一部分是19个与真人尺度相仿的美国军人雕塑群；第二部分是一座黑色的花岗岩纪念墙；第三部分是一个反思池；第四部分在壁画左侧是一条人行道，上面列出了22个在朝鲜战争中向联合国派遣部队的国家。【越战纪念墙VietnamVeteransMemorial】越战纪念墙位于林肯纪念堂北部，该纪念碑由用黑色花岗岩砌成的长500英尺的V字型碑体构成，用于纪念越战时期服役于越南期间战死的美国士兵和将官，闪闪生辉的黑色大理石墙上依每个人战死的日期为序，刻着美军57000多名1959年至1975年间在越南战争中阵亡者的名字。</w:t>
+              <w:t xml:space="preserve">前往世界500强企业康宁的总部，参观全球最大的玻璃收藏博物馆，欣赏现场制作玻璃表演技术。午餐后，前往著名的沃特金斯峡谷。随后抵达尼亚加拉大瀑布，游览瀑布国家公园，眺望「美国瀑布」，「马蹄瀑布」及「新娘面纱瀑布」。水势一泻千里，雷霆万钧，亲身体验那份磅礡的气势，尤如万马奔腾。行程安排：康宁玻璃中心（自费，90分钟）&amp;rarr;沃特金斯峡谷州立公园+五指湖（自费，90分钟，仅限沃特金斯峡谷州立公园开放期间前往）&amp;rarr;尼亚加拉瀑布夜景游（必付项目，90分钟）特别说明：1.沃特金斯峡谷州立公园+五指湖是夏季行程，在州立公园开放（一般是每年5-10月）后前往，实际入园日期请以官网披露为准；公园关闭后，沃特金斯峡谷州立公园+五指湖将不再前往。2.为了保障客人更好的旅行体验，保证客人当天可以观看到瀑布的烟火表演（该日无烟火表演除外）。景点介绍：【康宁玻璃中心TheCorningMuseumofGlass】享誉中外的康宁玻璃中心位于纽约上州的一个别具格调、古色古香的小城康宁。别看它城市规模不大，却是美国玻璃工业的中心。康宁的玻璃、瓷器在美国的地位就像景德镇瓷器在中国的地位一样，在世界上也是闻名遐迩。康宁玻璃中心可以说是魔幻的玻璃世界。康宁玻璃中心约有10万件左右的玻璃精品及艺术雕刻玻璃展示，这些精致的玻璃制品，或七彩灿烂，或晶莹剔透，令人眼花缭乱，目不暇接。玻璃中心既是一所玻璃博物馆，又是玻璃强化和玻璃器皿、工艺品的制作工厂，还是一所商店，出售玻璃，水晶制品，如太阳镜、项链、别针等。【沃特金斯峡谷州立公园WatkinsGlenStatePark】沃特金斯峡谷位于美国的纽约州五指湖地区，这里属于层积岩地质，受冰川和溪流的侵蚀，形成了奇特的地貌。沿着约两英里的峡谷小径共有十几挂瀑布。这里有优良的峡谷步道，可以近距离欣赏的瀑布，令人赏心悦目的自然风景，为游客提供了绝佳的拍照胜地，被誉为&amp;ldquo;千年幽谷&amp;rdquo;。【五指湖FingerLake】五指湖位于纽约州西北部，是一个由多达14个狭长湖泊组成的景点。因其从南向北纵向排列，形同手指，故而得名。许多好莱坞明星在此地拥有度假别墅或者庄园。景点介绍：【尼亚加拉瀑布夜景游NiagaraFallsNightViewTour】行程中我们将前往【一园两岛三瀑布】，深入尼亚加拉大瀑布公园，近身观赏种类繁多的奇花异木；置身两岛&amp;mdash;&amp;mdash;公羊岛和月亮岛，在黑夜中多角度的欣赏雷神之水的壮阔；三大瀑布一网打尽&amp;mdash;&amp;mdash;马蹄瀑布、新娘面纱瀑布和美国瀑布，感受在七彩霓虹灯照射之下不同面貌的瀑布呈现的大自然的磅礴气势。这时候，不要忘了拿起手中的相机与其合影一番。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天，我们将驱车前往友爱之城-费城，参观独立历史公园，见证美国独立相关历史。随后前往美国的政治中心、首都华盛顿，白宫、国会均设在这里，它还拥有众多博物馆，是著名旅游胜地。行程安排：纽约&amp;rarr;费城&amp;rarr;国家独立历史公园（30分钟）&amp;rarr;华盛顿特区&amp;rarr;国会大厦+美国国家档案馆深度游（自费入内参观，2小时，包含外观联邦最高法院和国会图书馆）&amp;rarr;白宫（外观，30分钟）&amp;rarr;林肯纪念堂+越战纪念墙（45分钟）&amp;rarr;酒店特殊说明：1.如遇特殊情况无法进入国会，行程将以华盛顿特区深度游代替。华盛顿特区深度游行程安排：空军纪念碑（20分钟，可以看到著名的五角大楼）&amp;rarr;杰斐逊纪念堂（20分钟）&amp;rarr;二战纪念碑（20分钟）纽约到费城行驶：约100英里费城到华盛顿特区行驶：约140英里景点介绍：【国家独立历史公园IndependenceNationalHistoricalPark】费城这片土地，见证了美国的独立和诞生。根据美国独立战争的精神建造的国家独立历史公园里包含了一些与美国革命和建国历史有关的历史建筑，被称为&amp;ldquo;美国最具有历史意义的一平方英里&amp;ldquo;。在公园里，可以看到绿树环抱的独立广场，高高耸立的乳白色钟塔，还有着站立在草坪上开国群英的铜像，这里的整体氛围使人感到庄严肃穆。【国会大厦U.S.CapitolIn-depthTour】作为美国的政治中心，华盛顿拥有着众多标志性的政治文化景观，如国会大厦，美国联邦最高法院等。我们将入内华盛顿特区的几何中心&amp;mdash;&amp;mdash;国会大厦，行走在华丽精美的国会走廊，聆听每一幅壁画和每一座雕像背后的故事，深度了解为什么这里是民有、民治、民享政权的最高象征。【美国国家档案馆TheNationalArchives】国家档案馆收录了美国历史上各时期的珍贵文件，照片，和影像数据。其中最为著名的藏品便是1776年建国伊始起草的写在羊皮纸上的开国档原稿，共包括3份：《独立宣言》，《美国宪法》和《权利法案》。还有林肯在南北战争期间颁布的解放黑奴的《1863解放宣言》，二战结束纳粹德国的投降书，令尼克松东窗事发并最终将其拉下马的水门事件录音带等。在众多展品中还看到了非常亲切的一份&amp;mdash;&amp;mdash;周总理接见来访的美国总统尼克松的照片，旁边还附有一张当时宴请尼克松的宴会菜单，极其简朴，就是一张白纸，上面印有国徽，而主菜是著名的北京烤鸭，配以其它几样简单的菜点。这张被美国客人带回来的菜单成了对当年中国国情的如实写照。【华盛顿特区深度游WashingtonD.C.In-depthTour】首先，我们将来到空军纪念碑，是由三根八十多米长的弧形钢柱组成，其设计灵感源自美国空军&amp;ldquo;雷鸟&amp;rdquo;特技表演队在特技表演时留在空中的三道白烟。随后到达泰斗湖前瞻仰纪念提出&amp;ldquo;人人生而平等&amp;rdquo;伟大理念的杰佛逊纪念堂。之后前往为纪念在二战期间服役的1600万美国军人而建的二战纪念碑。【白宫TheWhiteHouse】白宫是一幢白色的新古典风格砂岩建筑物，占地7.3万多平方米，由主楼和东、西两翼三部分组成。白宫是历任美国总统的办公和居住之地，也是美国政府的代名词。美国很多重要决策议案都是由总统在白宫签署和发出声明。美国开国元勋乔治华盛顿对美国总统官邸的建造曾发表过他的观点：它决不能是一座宫殿，决不能豪华，因为在这里工作的主人是国家仆人。【林肯纪念堂LincolnMemorial】林肯纪念堂是一座通体洁白的古希腊神殿式建筑，为纪念美国第16届总统亚伯拉罕&amp;middot;林肯而建，被视为美国永恒的塑像和华盛顿的标志。这里也是追求和平民主最著名的集会地，马丁&amp;middot;路德&amp;middot;金就在这里发表了演说《我有一个梦想》。【越战纪念墙VietnamVeteransMemorial】越战纪念墙位于林肯纪念堂北部，该纪念碑由用黑色花岗岩砌成的长500英尺的V字型碑体构成，用于纪念越战时期服役于越南期间战死的美国士兵和将官，闪闪生辉的黑色大理石墙上依每个人战死的日期为序，刻着美军57000多名1959年至1975年间在越南战争中阵亡者的名字。</w:t>
+              <w:t xml:space="preserve">今天我们将在瀑布进行一系列活动，在尼亚加拉瀑布从水上及陆地上两种视角了解瀑布的前世今生。最后我们将返回纽约。行程安排：夏季行程安排（以雾中少女号观瀑船开启开始）：尼亚加拉瀑布经典游（自费，2.5小时，包含旋涡州立公园+风之洞+雾中少女号瀑布观瀑船）&amp;rarr;纽约冬季行程安排（以雾中少女号观瀑船关闭开始）：尼亚加拉瀑布经典游（自费，2.5小时，包含旋涡州立公园+风之洞+古堡州立公园）&amp;rarr;纽约特殊说明：1.雾中少女号观瀑船，4月底-10月对外开放（视河面冰冻情况而定），游船关闭后，行程将不再前往该景点，具体关闭时间以景点实际通知为准。景点介绍：【尼亚加拉旋涡州立公园NiagaraWhirlpoolStatePark】尼亚加拉旋涡深125英尺，是在7500年前被水侵蚀而形成的。它位于尼亚加拉由西北流向突然向东北方向拐弯的地方，急促的河水在流向改变后回流，形成一个巨大的旋涡。公园内很清静，有烧烤炉和野餐桌，站在上面可以俯瞰下面的大旋涡，非常壮观。【雾中少女号观瀑船MaidofTheMist】雾中少女号是1846年以来，美国具纪念性意义的游船之旅。在美国境内，没有比这更好的方式体验尼亚加拉大瀑布。穿上蓝色雨衣搭乘梦幻的雾中少女号游船，亲自体验每秒200多万公升的水量飞流直下产生的清新水雾、汹涌起伏的巨浪、隆隆的瀑布轰鸣声。作为独一无二的游艇船队，在船长们的熟练指挥下，它们已在尼亚加拉峡谷的浪涛中安全航行了100多年，并且搭载过上千万名游客直接进入朦胧水雾的深处。【尼亚加拉古堡州立公园OldFortNiagaraStatePark】战争古堡是一个富有历史价值的景点，在美国独立以前已经存在于安大略湖通往伊利湖的尼亚加拉河河口，所以它在当时的印第安和法国的战争，美国独立战争，和英美战争中担当了一个很重要的角色，它的背后就是一望无际的美国五大湖之一的安大略湖。【风之洞CaveoftheWinds】风之洞的入口在公羊岛，里面会有一个小型博物馆和一个小电影院，随后可以搭乘电梯在尼亚加拉峡谷岩洞中向下53米就到达谷底。站在了大瀑布的脚下，翘首仰望，便会看见大瀑布以铺天盖地的磅礴气势飞流直下，不禁使人心里涌起一股激情，与大自然产生共鸣。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3</w:t>
+              <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">前往世界500强企业康宁的总部，参观全球最大的玻璃收藏博物馆，欣赏现场制作玻璃表演技术。午餐后，前往著名的沃特金斯峡谷。随后抵达尼亚加拉大瀑布，游览瀑布国家公园，眺望「美国瀑布」，「马蹄瀑布」及「新娘面纱瀑布」。水势一泻千里，雷霆万钧，亲身体验那份磅礡的气势，尤如万马奔腾。行程安排：康宁玻璃中心（自费，90分钟）&amp;rarr;沃特金斯峡谷州立公园（自费，60分钟，关闭后行程将不再前往）&amp;rarr;酒店&amp;rarr;尼亚加拉瀑布夜景游（自费，90分钟）温馨提示：1.沃特金斯峡谷州立公园是夏天行程，在峡谷开放后执行，一般是每年4-10月。景点介绍：【康宁玻璃中心TheCorningMuseumofGlass】享誉中外的康宁玻璃中心位于纽约上州的一个别具格调、古色古香的小城康宁。别看它城市规模不大，却是美国玻璃工业的中心。康宁的玻璃、瓷器在美国的地位就像景德镇瓷器在中国的地位一样，在世界上也是闻名遐迩。康宁玻璃中心可以说是魔幻的玻璃世界。康宁玻璃中心约有10万件左右的玻璃精品及艺术雕刻玻璃展示，这些精致的玻璃制品，或七彩灿烂，或晶莹剔透，令人眼花缭乱，目不暇接。玻璃中心既是一所玻璃博物馆，又是玻璃强化和玻璃器皿、工艺品的制作工厂，还是一所商店，出售玻璃，水晶制品，如太阳镜、项链、别针等。【沃特金斯峡谷州立公园WatkinsGlenStatePark】沃特金斯峡谷位于美国的纽约州五指湖地区，这里属于层积岩地质，受冰川和溪流的侵蚀，形成了奇特的地貌。沿着约两英里的峡谷小径共有十几挂瀑布。这里有优良的峡谷步道，可以近距离欣赏的瀑布，令人赏心悦目的自然风景，为游客提供了绝佳的拍照胜地，被誉为&amp;ldquo;千年幽谷&amp;rdquo;。景点介绍：【尼亚加拉瀑布夜景游NiagaraFallsNightTour】行程中我们将前往【一园两岛三瀑布】，深入尼亚加拉大瀑布公园，近身观赏种类繁多的奇花异木；置身两岛&amp;mdash;&amp;mdash;公羊岛和月亮岛，在黑夜中多角度的欣赏雷神之水的壮阔；三大瀑布一网打尽&amp;mdash;&amp;mdash;马蹄瀑布、新娘面纱瀑布和美国瀑布，感受在七彩霓虹灯照射之下不同面貌的瀑布呈现的大自然的磅礴气势。这时候，不要忘了拿起手中的相机与其合影一番。</w:t>
-[...254 lines deleted...]
-              <w:t xml:space="preserve">&amp;ldquo;如果你爱他，请带他去纽约，因为那是天堂；如果你恨他，请带他去纽约，因为那是地狱。&amp;rdquo;电视剧《北京人在纽约》中的这句台词，勾起了每个人对纽约的无限遐想。我们将穿过鳞次栉比的高楼大厦，细细品味纽约这座世界第一大城市的繁荣与沧桑。行程安排：纽约金融财富之旅（必付项目，150分钟）&amp;rarr;世贸中心观景台（自费，70分钟）&amp;rarr;自由女神环岛游船（自费，60分钟）&amp;rarr;MOMA纽约现代艺术博物馆（自费，60分钟）纽约金融财富之旅：第一站：英雄峡谷&amp;rarr;伍尔沃斯大楼&amp;rarr;柏路大楼（1899-1901年间世界最高的摩天大楼）&amp;rarr;波特大厦&amp;rarr;圣保罗教堂&amp;rarr;电报大楼第二站：公平大厦&amp;rarr;三一教堂&amp;rarr;联邦储蓄银行&amp;rarr;联邦大厅&amp;rarr;纽约证券交易所&amp;rarr;特朗普大楼&amp;rarr;德意志银行旧址（大通银行旧址）&amp;rarr;华尔街铜牛&amp;rarr;海关大楼&amp;rarr;标准石油大楼&amp;rarr;标准普尔大厦第三站：洛克菲勒中心（途经纽约钻石区、国际宝石大厦）第四站：普利策喷泉&amp;rarr;大军团广场&amp;rarr;广场饭店&amp;rarr;时代广场&amp;rarr;纳斯达克特别说明：1.纽约金融财富之旅景点游览方式为车游+轻徒步，体力要求适中。2.以上景点均为外观。景点介绍：【纽约金融财富之旅NewYorkCityFortuneTour】曼哈顿的金融梦，在纽约绽放，这里几乎聚集了世界最顶尖的金融机构。今天我们将在世界金融中心纽约参观一些经典地标建筑，英雄峡谷、柏路大楼、三一教堂、纽约证券交易所、洛克斐勒中心等等，感受浓郁的金融商业气息。【世贸中心观景台OneWorldTradeCenterObservatory】新世贸大厦中心一号楼，又名&amp;ldquo;自由塔&amp;rdquo;，坐落于911袭击事件中倒塌的原世界贸易中心的旧址。1776英尺的高度让新世贸成为美国最高、世界第三高的建筑物，此高度是为纪念1776年签署的《美国独立宣言》而定的。宾客抵达时，大型视讯板会依序播放各种语言的欢迎致词，宾客的家乡也会被特别标记在动态产生的世界地图上。体验「心声」的活动，聆听建造大楼的工作人员叙述各自背后的故事；「地基」活动将让宾客近距离观察建筑物所屹立的岩床。从全球欢迎中心，到可以体验虚拟延时的宾客电梯，再到震撼人心的视频展示，最后360度全方位观景的发现层，每一个细节都是参观此处的加分项。【自由女神环岛船LibertyCruise】乘坐自由女神环岛游船开启一小时哈德逊河游览之旅，途中会看到曼哈顿天际线和哈德逊河两岸风光，远眺帝国大厦和世贸大楼。游船在自由女神像旁缓缓驶过，可以清楚的看见自由女神头戴光芒四射的冠冕，高举自由火炬，手捧《独立宣言》，宏伟瞩目，象征着美国人民争取自由的崇高理想和对美好生活的向往与追求。【现代艺术博物馆MuseumofModernArt】洛克菲勒家族在曼哈顿城中建造的世界上最杰出的现代艺术收藏馆之一的纽约现代艺术博物馆(MoMA)，有许多近当代的先锋艺术展览，涉及美术、建筑、雕塑、电影、设计等方方面面。其中最著名的馆藏品包括梵高的《星月夜》、毕加索的《亚维农少女》、莫奈的《睡莲》、达利的《记忆的永恒》、爱德华&amp;bull;蒙克《呐喊》等等。不仅如此，馆中的庭院也十分漂亮，从馆内巨大的透明落地窗望出去，现代时尚的花园坐落在摩天大楼之间，别有一番风味。</w:t>
+              <w:t xml:space="preserve">&amp;ldquo;如果你爱他，请带他去纽约，因为那是天堂；如果你恨他，请带他去纽约，因为那是地狱。&amp;rdquo;电视剧《北京人在纽约》中的这句台词，勾起了每个人对纽约的无限遐想。我们将穿过鳞次栉比的高楼大厦，细细品味纽约这座世界第一大城市的繁荣与沧桑。行程安排：纽约金融财富之旅（必付项目，150分钟）&amp;rarr;世贸中心观景台（自费，70分钟）&amp;rarr;自由女神环岛游船（自费，60分钟）&amp;rarr;翱翔纽约（自费，60分钟）纽约金融财富之旅：第一站：英雄峡谷&amp;rarr;伍尔沃斯大楼&amp;rarr;柏路大楼（1899-1901年间世界最高的摩天大楼）&amp;rarr;波特大厦&amp;rarr;圣保罗教堂&amp;rarr;电报大楼第二站：公平大厦&amp;rarr;三一教堂&amp;rarr;联邦储蓄银行&amp;rarr;联邦大厅&amp;rarr;纽约证券交易所&amp;rarr;特朗普大楼&amp;rarr;德意志银行旧址（大通银行旧址）&amp;rarr;华尔街铜牛&amp;rarr;海关大楼&amp;rarr;标准石油大楼&amp;rarr;标准普尔大厦第三站：洛克菲勒中心（途经纽约钻石区、国际宝石大厦）第四站：普利策喷泉&amp;rarr;大军团广场&amp;rarr;广场饭店&amp;rarr;时代广场&amp;rarr;纳斯达克特别说明：1.纽约金融财富之旅景点游览方式为车游+轻徒步，体力要求适中。2.以上景点均为外观。景点介绍：【纽约金融财富之旅NewYorkCityFortuneTour】曼哈顿的金融梦，在纽约绽放，这里几乎聚集了世界最顶尖的金融机构。今天我们将在世界金融中心纽约参观一些经典地标建筑，英雄峡谷、柏路大楼、三一教堂、纽约证券交易所、洛克斐勒中心等等，感受浓郁的金融商业气息。【世贸中心观景台OneWorldTradeCenterObservatory】新世贸大厦中心一号楼，又名&amp;ldquo;自由塔&amp;rdquo;，坐落于911袭击事件中倒塌的原世界贸易中心的旧址。1776英尺的高度让新世贸成为美国最高、世界第三高的建筑物，此高度是为纪念1776年签署的《美国独立宣言》而定的。宾客抵达时，大型视讯板会依序播放各种语言的欢迎致词，宾客的家乡也会被特别标记在动态产生的世界地图上。体验「心声」的活动，聆听建造大楼的工作人员叙述各自背后的故事；「地基」活动将让宾客近距离观察建筑物所屹立的岩床。从全球欢迎中心，到可以体验虚拟延时的宾客电梯，再到震撼人心的视频展示，最后360度全方位观景的发现层，每一个细节都是参观此处的加分项。【自由女神环岛船LibertyCruise】乘坐自由女神环岛游船开启一小时哈德逊河游览之旅，途中会看到曼哈顿天际线和哈德逊河两岸风光，远眺帝国大厦和世贸大楼。游船在自由女神像旁缓缓驶过，可以清楚的看见自由女神头戴光芒四射的冠冕，高举自由火炬，手捧《独立宣言》，宏伟瞩目，象征着美国人民争取自由的崇高理想和对美好生活的向往与追求。【翱翔纽约RiseNY】位于时代广场，以沉浸式体验带您穿越纽约充满活力的流行文化与历史变迁。从市政厅地铁站的复刻出发，参观涵盖金融、电影、时尚、音乐、天际线、电视广播和百老汇的七大展厅，欣赏珍贵展品与经典布景。最后登上高科技飞行剧院，在逼真的8K空中视角中俯瞰纽约地标，感受如亲临其境的震撼旅程。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -668,83 +413,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.餐饮（导游将提供建议。关于早餐：一般导游会在第1个景点附近安排您吃早餐或者提早1天通知您准备好第二天的早餐）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天支付US$12，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目：纽约金融财富之旅NewYorkCityFortuneTour(Mandatory)成人：$58.50老人（65+岁）：$58.50儿童（3-12岁）：$48.50必付项目：尼亚加拉瀑布夜景游NiagaraFallsNightTour（Mandatory）成人（12+岁）：$45.00老人（65+岁）：$45.00儿童（0-12岁）：$35.00纽约早游NewYorkMorningTour成人：$50.00儿童（3-12岁）：$40.00华盛顿特区深度游WashingtonD.C.In-depthTour成人：$42.00老人(65+岁)：$42.00儿童(3-12岁)：$32.00国会大厦+国家档案馆深度游U.S.Capitol+TheNationalArchivesIn-depthTour成人：$49.50老人（65岁及以上）：$49.50儿童（3-12岁）：$39.50包含外观联邦最高法院和国会图书馆康宁玻璃中心CorningMuseumofGlass成人：$22.00老人(62+岁)：$19.00儿童(17岁以下)：$0.00沃特金斯峡谷州立公园+五指湖(F)WatkinsGlenStatePark+FingerLake成人：$22.00老人（65岁及以上）：$22.00儿童（3-12岁）：$17.00尼亚加拉瀑布经典游NiagaraFallsClassicTour成人：$75.00老人（65+岁）：$75.00儿童（3-12岁）：$65.00包含：旋涡州立公园+风之洞+雾中少女号观瀑船/古堡州立公园世贸中心观景台OneWorldObservatory成人：$53.35老人(65+岁)：$51.17儿童(6-12岁)：$46.82现代艺术博物馆MuseumofModernArt成人：$30.00老人(65岁及以上)：$22.00兒童(16岁及以下)：$0.00备注：感恩节和圣诞节期间闭馆。自由女神环岛游船LibertyCruise成人：$48.00老人（65+岁）：$42.50儿童（12岁以下）：$42.50</w:t>
+              <w:t xml:space="preserve">1.餐饮（导游将提供建议。关于早餐：一般导游会在第1个景点附近安排您吃早餐或者提早1天通知您准备好第二天的早餐）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天支付US$15，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述翱翔纽约RiseNY成人：$48.99儿童（3-12岁）：$45.72必付项目：纽约金融财富之旅NewYorkCityFortuneTour(Mandatory)成人：$58.50老人（65+岁）：$58.50儿童（3-12岁）：$48.50纽约早游NewYorkMorningTour成人：$50.00儿童（3-12岁）：$40.00必付项目：尼亚加拉瀑布夜景游NiagaraFallsNightTour（Mandatory）成人：$45.00老人（65岁及以上）：$45.00儿童（3-12岁）：$35.00华盛顿特区深度游WashingtonD.C.In-depthTour成人：$42.00老人(65+岁)：$42.00儿童(3-12岁)：$32.00国会大厦+国家档案馆深度游U.S.Capitol+TheNationalArchivesIn-depthTour成人：$49.50老人（65岁及以上）：$49.50儿童（3-12岁）：$39.50包含外观联邦最高法院和国会图书馆康宁玻璃中心CorningMuseumofGlass成人：$25.00老人（62岁及以上）：$22.00儿童（17岁以下）：$0.00沃特金斯峡谷州立公园+五指湖(F)WatkinsGlenStatePark+FingerLake成人：$22.00老人（65岁及以上）：$22.00儿童（3-12岁）：$17.00尼亚加拉瀑布经典游NiagaraFallsClassicTour成人：$75.00老人（65+岁）：$75.00儿童（3-12岁）：$65.00包含：旋涡州立公园+风之洞+雾中少女号观瀑船/古堡州立公园世贸中心观景台OneWorldObservatory成人：$53.35老人（65+岁）：$51.17儿童（6-12岁）：$46.82自由女神环岛游船LibertyCruise成人：$47.42老人（65+岁）：$43.27儿童（4-11岁）：$43.27美东地区自助餐/团餐Buffet/GroupMeal成人：$16.00-$35.00老人（65岁及以上）：$16.00-$35.00儿童（12岁以下）：$11.00-$25.00餐费为每人每餐的价格，实际价位和是否会产生此费用根据不同区域而定，届时请以导游团上安排为准。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.自10/15/2022起，客人在纽约纽瓦克机场区域的酒店办理入住时，需出示自己的信用卡交付房间押金(incidentalfee)。2.行程最后一天即纽约市区游当天，如需安排送机将无法参加MOMA纽约现代艺术博物馆的行程。</w:t>
+              <w:t xml:space="preserve">1.自10/15/2022起，客人在纽约纽瓦克机场区域的酒店办理入住时，需出示自己的信用卡交付房间押金(incidentalfee)。2.行程最后一天即纽约市区游当天，如需安排送机将无法参加MOMA纽约现代艺术博物馆的行程。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>