--- v0 (2025-10-31)
+++ v1 (2026-02-18)
@@ -111,204 +111,102 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上从温哥华出发，我们将搭乘BC渡轮前往维多利亚，领略乔治亚海峡两岸的明媚风光。抵岸后首先来到有百年历史的宝翠花园，园内有多个主题花园，种植超过百万株花卉争相盛开，琳琅满目，令人耳目一新。途经岛上唐人街最窄的商业街-番摊里(FanTanAlley)。随后前往地球上最长的公路一号公路零公里起点。之后游览富有英伦风情的维多利亚内港区，加拿大建国百年纪念公园、省议会大楼、观赏具有皇室气派的帝后酒店等。可自费参加帝后酒店英式下午茶。夜宿维多利亚。行程安排：温哥华&amp;rarr;BC轮渡（90分钟，必付费用）&amp;rarr;宝翠花园（60分钟，必付门票）&amp;rarr;唐人街（途径）&amp;rarr;一号公路0公里起点纪念碑（15分钟）&amp;rarr;维多利亚内港（120分钟，可自费参加帝后酒店英式下午茶）&amp;rarr;维多利亚景点介绍：【维多利亚轮渡BCferry】从温哥华去维多利亚，BCFerry是主要的交通工具，船程约航行1小时30分钟；来往温哥华维多利亚的人很多，车辆也是一起轮渡的，所以到达港口后要排30分钟的队伍乘船；轮渡为德国制造的，可容纳约400辆车，在六层的休息大厅内还有纪念品商店、餐厅、儿童游戏室、电脑室、商务区和头等座等等，设施设备非常齐全；沿途上风景很美，不断望见小岛，还有海鸥围绕桅杆飞起，运气好还可以看到海豚，加之蓝天碧海，美不胜收。【宝翠花园TheButchartGardens】宝翠花园是拥有超过百年历史有名的加拿大国家历史遗址，是一座家族花园。从1904年开始修建，经过几代人的辛勤努力，已经成为园艺艺术领域中的一枝奇葩，是世界著名的第二大花园，每年吸引著来自世界各地的50多万游客。3月份的时候有大片雏菊、三色紫萝兰、长春花；4月和5月郁金香将绽放在花园的每个角落；5月底开始玫瑰园即成为夏季游园的主角，牡丹花也争相展现姿采；7月和8月花园每日夜间都举行烟火表演，伴随著露天舞台及音乐演奏，使每位游客尽兴而归，该花园还有珍贵的蓝罂粟哦~【维多利亚唐人街ChinatownVictoria】维多利亚的唐人街建于1858年，是加拿大最早的唐人街，在北美仅次于美国旧金山唐人街的建立。历史最悠久的唐人街同济门、最窄的商业街-番摊里，这儿都是百多年来华侨在海外努力的见证。【维多利亚一号公路零公里起点VictoriaMileZeroMonument】横贯加拿大东西部的1号高速公路东起大西洋边纽芬兰省的圣约翰斯市，西至太平洋岸边的维多利亚港，是全世界最长的国家级高速公路，全程7821公里。在1号公路的东西起点，各有一座&amp;ldquo;零公里&amp;rdquo;标志，均为木结构。【维多利亚内港VictoriaInnerHarbour】内港位于维多利亚市中心，周围拥有很多古典建筑和著名的景点，是游客十分喜欢的海滨休闲胜地。沿着岸边漫步，静静地欣赏维多利亚海滨迷人的风光，十分惬意。</w:t>
+              <w:t xml:space="preserve">早上从温哥华出发，我们将搭乘BC渡轮前往维多利亚，领略乔治亚海峡两岸的明媚风光。抵岸后首先来到有百年历史的宝翠花园，园内有多个主题花园，种植超过百万株花卉争相盛开，琳琅满目，令人耳目一新。途经岛上唐人街最窄的商业街-番摊里(FanTanAlley)。随后前往地球上最长的公路一号公路零公里起点。之后游览富有英伦风情的维多利亚内港区，加拿大建国百年纪念公园、省议会大楼、观赏具有皇室气派的帝后酒店等。可自费参加帝后酒店英式下午茶。夜宿维多利亚。行程安排：温哥华&amp;rarr;BC轮渡（90分钟，必付项目）&amp;rarr;宝翠花园（60分钟，必付项目）&amp;rarr;唐人街（途径）&amp;rarr;一号公路0公里起点纪念碑（15分钟）&amp;rarr;维多利亚内港（120分钟，期间可自行到访帝后酒店参观或自费品赏英式下午茶）&amp;rarr;维多利亚01/19/2026-02/01/2026期间宝翠花园关闭行程安排：温哥华&amp;rarr;BC轮渡（90分钟，必付项目）&amp;rarr;蝴蝶园（60分钟，必付项目）&amp;rarr;唐人街（途径）&amp;rarr;一号公路0公里起点纪念碑（15分钟）&amp;rarr;维多利亚内港（120分钟，期间可自行到访帝后酒店参观或自费品赏英式下午茶）&amp;rarr;维多利亚景点介绍：【维多利亚轮渡BCferry】从温哥华去维多利亚，BCFerry是主要的交通工具。来往温哥华维多利亚的人很多，车辆也是一起轮渡的，所以抵达港口后要排队乘船。轮渡为德国制造，可容纳约400辆车，在六层的休息大厅内还有纪念品商店、餐厅、儿童游戏室、电脑室、商务区和头等座等等，设施设备非常齐全。沿途上风景很美，不断望见小岛，还有海鸥围绕桅杆飞起，运气好还可以看到海豚，加之蓝天碧海，美不胜收。【宝翠花园TheButchartGardens】宝翠花园是拥有超过百年历史有名的加拿大国家历史遗址，是一座家族花园。从1904年开始修建，经过几代人的辛勤努力，已经成为园艺艺术领域中的一枝奇葩，是世界著名的第二大花园，每年吸引著来自世界各地的50多万游客。3月份的时候有大片雏菊、三色紫萝兰、长春花；4月和5月郁金香将绽放在花园的每个角落；5月底开始玫瑰园即成为夏季游园的主角，牡丹花也争相展现姿采；7月和8月花园每日夜间都举行烟火表演，伴随著露天舞台及音乐演奏，使每位游客尽兴而归，该花园还有珍贵的蓝罂粟哦~【维多利亚唐人街ChinatownVictoria】维多利亚的唐人街建于1858年，是加拿大最早的唐人街，在北美仅次于美国旧金山唐人街的建立。历史最悠久的唐人街同济门、最窄的商业街-番摊里，这儿都是百多年来华侨在海外努力的见证。【维多利亚一号公路零公里起点VictoriaMileZeroMonument】横贯加拿大东西部的1号高速公路东起大西洋边纽芬兰省的圣约翰斯市，西至太平洋岸边的维多利亚港，是全世界最长的国家级高速公路，全程7821公里。在1号公路的东西起点，各有一座&amp;ldquo;零公里&amp;rdquo;标志，均为木结构。【维多利亚内港VictoriaInnerHarbour】内港位于维多利亚市中心，周围拥有很多古典建筑和著名的景点，是游客十分喜欢的海滨休闲胜地。沿着岸边漫步，静静地欣赏维多利亚海滨迷人的风光，十分惬意。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上从温哥华出发，我们将搭乘BC渡轮前往维多利亚，领略乔治亚海峡两岸的明媚风光。抵岸后首先来到有百年历史的宝翠花园，园内有多个主题花园，种植超过百万株花卉争相盛开，琳琅满目，令人耳目一新。途经岛上唐人街最窄的商业街-番摊里(FanTanAlley)。随后前往地球上最长的公路一号公路零公里起点。之后游览富有英伦风情的维多利亚内港区，加拿大建国百年纪念公园、省议会大楼、观赏具有皇室气派的帝后酒店等。可自费参加帝后酒店英式下午茶。夜宿维多利亚。行程安排：温哥华&amp;rarr;BC轮渡（90分钟，必付费用）&amp;rarr;宝翠花园（60分钟，必付门票）&amp;rarr;唐人街（途径）&amp;rarr;一号公路0公里起点纪念碑（15分钟）&amp;rarr;维多利亚内港（120分钟，可自费参加帝后酒店英式下午茶）&amp;rarr;维多利亚景点介绍：【维多利亚轮渡BCferry】从温哥华去维多利亚，BCFerry是主要的交通工具。来往温哥华维多利亚的人很多，车辆也是一起轮渡的，所以抵达港口后要排队乘船。轮渡为德国制造，可容纳约400辆车，在六层的休息大厅内还有纪念品商店、餐厅、儿童游戏室、电脑室、商务区和头等座等等，设施设备非常齐全。沿途上风景很美，不断望见小岛，还有海鸥围绕桅杆飞起，运气好还可以看到海豚，加之蓝天碧海，美不胜收。【宝翠花园TheButchartGardens】宝翠花园是拥有超过百年历史有名的加拿大国家历史遗址，是一座家族花园。从1904年开始修建，经过几代人的辛勤努力，已经成为园艺艺术领域中的一枝奇葩，是世界著名的第二大花园，每年吸引著来自世界各地的50多万游客。3月份的时候有大片雏菊、三色紫萝兰、长春花；4月和5月郁金香将绽放在花园的每个角落；5月底开始玫瑰园即成为夏季游园的主角，牡丹花也争相展现姿采；7月和8月花园每日夜间都举行烟火表演，伴随著露天舞台及音乐演奏，使每位游客尽兴而归，该花园还有珍贵的蓝罂粟哦~【维多利亚唐人街ChinatownVictoria】维多利亚的唐人街建于1858年，是加拿大最早的唐人街，在北美仅次于美国旧金山唐人街的建立。历史最悠久的唐人街同济门、最窄的商业街-番摊里，这儿都是百多年来华侨在海外努力的见证。【维多利亚一号公路零公里起点VictoriaMileZeroMonument】横贯加拿大东西部的1号高速公路东起大西洋边纽芬兰省的圣约翰斯市，西至太平洋岸边的维多利亚港，是全世界最长的国家级高速公路，全程7821公里。在1号公路的东西起点，各有一座&amp;ldquo;零公里&amp;rdquo;标志，均为木结构。【维多利亚内港VictoriaInnerHarbour】内港位于维多利亚市中心，周围拥有很多古典建筑和著名的景点，是游客十分喜欢的海滨休闲胜地。沿着岸边漫步，静静地欣赏维多利亚海滨迷人的风光，十分惬意。</w:t>
-[...101 lines deleted...]
-              <w:t xml:space="preserve">早上沿着1号公路来到哈利城堡打卡，这里是好莱坞电影拍摄的热门地，如X战警，死侍等。随后到达温哥华新晋打卡景点玛拉哈特天空步道，沿着600米长的高架步道，穿过藤地梅和道格拉斯冷杉森林，到达螺旋塔观景台，360&amp;deg;尽情观赏自然山色。接着前往有壁画镇美誉的茜美纳斯，大小街道内的墙壁上都有艺术家精心创作的壁画，栩栩如生，反映了当地风土民情及历史。市内还有数家古董店，让你考考眼光，享受淘宝乐趣！最后前往风景优美的海港城市纳奈莫乘坐BC渡轮返回温哥华。行程安排：维多利亚&amp;rarr;哈利城堡&amp;rarr;玛拉哈特天空步道（自费，90分钟）&amp;rarr;壁画小镇茜美纳斯（90分钟）&amp;rarr;纳奈莫&amp;rarr;BC轮渡（90分钟，必付费用）&amp;rarr;温哥华景点介绍：【哈利城堡HatleyParkNationalHistoricSite】这座占地565英亩的建筑古朴且保存完好，走进哈利城堡，感觉时光倒流。目光所及之处，尽是精雕细琢的吊顶、华丽的装饰幕墙、还有巨大的橡木梁柱。试想当年，有多少社会名流、商界精英和皇家贵族曾在客厅的黑色大理石壁炉前聚会聊天。【玛拉哈特天空步道MalahatSkyWalk】玛拉哈特天空步道是一座10层楼高、具有建筑灵感的螺旋塔，它位于BC省温哥华岛南部，于2021年7月15日对游客开放。在还未开放之前，就备受旅游爱好者观注，更是被评为加拿大20大最佳景点之一，是温哥华岛最新户外体验景点和最佳打卡景点。【彻梅纳斯Chemainus】壁画小镇彻梅纳斯位于温哥华岛，小镇人口仅为六百人。但镇上精致的小街，纯朴的民风让游客感到分外亲切，尤其是小镇引以为自豪的大量外墙上的壁画，更是让游客流连忘返。这些壁画主要描述了这座百年老镇的伐木历史和风土人情，逐渐吸引了很多的游客来小镇游玩观光，也吸引了其他的艺术家陆续加入了绘制壁画的队伍，到现在为止已有34幅壁画，8件雕塑，并形成了壁画节，享有户外艺术画廊之美称。【纳奈莫Nanaimo】纳奈莫位于加拿大不列颠哥伦比亚省，是温哥华岛上的第二大城市，也是温哥华岛上的最大港口，现在正在从工业城市转型为休闲城市。纳奈莫名字来源于印第安原住民语言意为&amp;ldquo;聚会之地&amp;rdquo;。因其天然的深水良港，纳奈莫被查尔斯王子和戴安娜王妃称为海港城。</w:t>
+              <w:t xml:space="preserve">早上沿着1号公路来到哈利城堡打卡，这里是好莱坞电影拍摄的热门地，如X战警，死侍等。随后到达温哥华新晋打卡景点玛拉哈特天空步道，沿着600米长的高架步道，穿过藤地梅和道格拉斯冷杉森林，到达螺旋塔观景台，360&amp;deg;尽情观赏自然山色。接着前往有壁画镇美誉的茜美纳斯，大小街道内的墙壁上都有艺术家精心创作的壁画，栩栩如生，反映了当地风土民情及历史。市内还有数家古董店，让你考考眼光，享受淘宝乐趣！最后前往风景优美的海港城市纳奈莫乘坐BC渡轮返回温哥华。行程安排：维多利亚&amp;rarr;哈利城堡（外观，30分钟）&amp;rarr;玛拉哈特天空步道（自费，90分钟）&amp;rarr;壁画小镇茜美纳斯（60分钟）&amp;rarr;纳奈莫&amp;rarr;BC轮渡（90分钟，必付费用）&amp;rarr;温哥华11/17/2025-11/30/2025玛拉哈特天空步道关闭期间行程安排：维多利亚&amp;rarr;哈利城堡（外观，30分钟）&amp;rarr;图腾之城：邓肯（60分钟）&amp;rarr;壁画小镇茜美纳斯（60分钟）&amp;rarr;纳奈莫&amp;rarr;BC轮渡（90分钟，必付费用）&amp;rarr;温哥华景点介绍：【哈利城堡HatleyParkNationalHistoricSite】这座占地565英亩的建筑古朴且保存完好，走进哈利城堡，感觉时光倒流。目光所及之处，尽是精雕细琢的吊顶、华丽的装饰幕墙、还有巨大的橡木梁柱。试想当年，有多少社会名流、商界精英和皇家贵族曾在客厅的黑色大理石壁炉前聚会聊天。【玛拉哈特天空步道MalahatSkyWalk】玛拉哈特天空步道是一座10层楼高、具有建筑灵感的螺旋塔，它位于BC省温哥华岛南部，于2021年7月15日对游客开放。在还未开放之前，就备受旅游爱好者观注，更是被评为加拿大20大最佳景点之一，是温哥华岛最新户外体验景点和最佳打卡景点。【图腾之城：邓肯Duncan-TheCityofTotems】邓肯镇，位于大不列颠哥伦比亚省首府维多利亚北部，该地保留大量的印第安原住民木雕作品，成为一个极具文化特色的旅游景点&amp;mdash;&amp;mdash;图腾之城。图腾是加拿大原住民文化的重要象征和民族文化瑰宝，邓肯镇上到处可见的木雕图腾，用其丰富的造型手法，题材广泛的表现主题（鱼、月亮、星星、鹰、水獭等），充分反映不同原居民部落特征。因此，这里成为一个了解加拿大历史，了解加拿大文化传统的重要&amp;ldquo;文化之窗&amp;rdquo;。【茜美纳斯ChemainusFestivalOfMuralsSociety】壁画小镇彻梅纳斯位于温哥华岛，小镇人口仅为六百人。但镇上精致的小街，纯朴的民风让游客感到分外亲切，尤其是小镇引以为自豪的大量外墙上的壁画，更是让游客流连忘返。这些壁画主要描述了这座百年老镇的伐木历史和风土人情，逐渐吸引了很多的游客来小镇游玩观光，也吸引了其他的艺术家陆续加入了绘制壁画的队伍，到现在为止已有34幅壁画，8件雕塑，并形成了壁画节，享有户外艺术画廊之美称。【纳奈莫Nanaimo】纳奈莫位于加拿大不列颠哥伦比亚省，是温哥华岛上的第二大城市，也是温哥华岛上的最大港口，现在正在从工业城市转型为休闲城市。纳奈莫名字来源于印第安原住民语言意为&amp;ldquo;聚会之地&amp;rdquo;。因其天然的深水良港，纳奈莫被查尔斯王子和戴安娜王妃称为海港城。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -362,83 +260,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.加币价格不含联邦服务税5%GST；2.司机导游服务费（每人每天USD$12美金/CAD$15加币）；3.全程餐饮；4.行程中提及活动门票；5.其他私人消费，如洗衣、电话、饮品、购物、收费电视等；6.因交通延阻、战争、政变、罢工、天气、航班取消或更改时间等不可抗力原因所导致的额外费用；7.任何种类的旅游保险。自费项目项目名称价格说明描述玛拉哈特天空步道MalahatSkyWalk成人：USD$28.00/CAD$37.00老人（65岁及以上）：USD$26.00/CAD$34.00儿童（6-17岁）：USD$17.00/CAD$22.00加币价格不含联邦服务税5%GST。维多利亚必付项目VictoriaMandatoryFee成人：10/19/2024前：USD$59.00/CAD$73.00；10/19/2024起：USD$60.00/CAD$75.00儿童（12岁以下）：10/19/2024前：USD$48.00/CAD$58.00；10/19/2024起：USD$49.00/CAD$60.00包含BC渡轮费用+宝翠花园门票；加币价格不含联邦服务税5%GST。</w:t>
+              <w:t xml:space="preserve">1.加币价格不含联邦服务税5%GST；2.司机导游服务费（每人每天USD$15美金/CAD$20加币）；3.全程餐饮；4.行程中提及活动门票；5.其他私人消费，如洗衣、电话、饮品、购物、收费电视等；6.因交通延阻、战争、政变、罢工、天气、航班取消或更改时间等不可抗力原因所导致的额外费用；7.任何种类的旅游保险。自费项目项目名称价格说明描述玛拉哈特天空步道MalahatSkyWalk成人：USD$40.00/CAD$49.95老人（65岁及以上）：USD$34.00/CAD$41.95儿童（6-17岁）：USD$25.00/CAD$30.00加币价格不含联邦服务税5%GST。维多利亚必付项目VictoriaMandatoryFee成人：USD$60.00/CAD$75.00儿童（12岁以下）：USD$49.00/CAD$60.00包含BC渡轮费用+宝翠花园/蝴蝶园门票；加币价格不含联邦服务税5%GST。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>