--- v0 (2025-10-14)
+++ v1 (2026-02-25)
@@ -111,102 +111,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">我们将在早上从PlayaTortugas海事码头准时起航，搭乘令人兴奋的双体帆船前往女人岛旅行。在途中，你可以全天享用船上的OpenBar无限畅饮，端一杯鸡尾酒站在船头，看着海水从一种蓝色变化成另一种蓝色。您可以享受浮潜带来的乐趣，在清澈的海水中欣赏美丽的珊瑚礁、热带鱼和其他迷人的海洋生物。登陆女人岛后，一边享受不限量自助午餐，一边欣赏美丽的海景，在棕榈树下放松身心，尽情感受围绕在身边的美景。返航时，躺在船边，让温暖的加勒比海阳光洒在你的脸上，和风轻抚你的头发，惬意美满。我们将于下午5:00左右返回坎昆码头。行程安排：酒店&amp;rarr;抵达码头：换票登船（航行约30分钟）&amp;rarr;加勒比海浮潜（30分钟，费用已含）&amp;rarr;女人岛、港海滩俱乐部（4小时）&amp;rarr;登船起航返回坎昆（60分钟）景点介绍：【女人岛IslaMujeres】在坎昆东北约13公里的加勒比海上的一个小岛屿，早年西班牙人在岛上发现许多陶制的玛雅女神像，因而以女人岛闻名。岛呈细长形，东部是多种蓝色相接而成的加勒比海，西部可以看到坎昆的天际线落在清澈的海水中，在此可观赏到最壮阔的加勒比海风光，享有&amp;ldquo;女人岛归来不看海&amp;rdquo;的美誉。</w:t>
-[...50 lines deleted...]
-              <w:t xml:space="preserve">我们将在早上从PlayaTortugas海事码头准时起航，搭乘令人兴奋的双体帆船前往女人岛旅行。在途中，你可以全天享用船上的OpenBar无限畅饮，端一杯鸡尾酒站在船头，看着海水从一种蓝色变化成另一种蓝色。您可以享受浮潜带来的乐趣，在清澈的海水中欣赏美丽的珊瑚礁、热带鱼和其他迷人的海洋生物。登陆女人岛后，一边享受不限量自助午餐，一边欣赏美丽的海景，在棕榈树下放松身心，尽情感受围绕在身边的美景。返航时，躺在船边，让温暖的加勒比海阳光洒在你的脸上，和风轻抚你的头发，惬意美满。我们将于下午5:00左右返回坎昆码头。行程安排：酒店&amp;rarr;抵达码头：换票登船（航行约30分钟）&amp;rarr;加勒比海浮潜（30分钟，费用已含）&amp;rarr;女人岛、港海滩俱乐部（4小时）&amp;rarr;登船起航返回坎昆（60分钟）景点介绍：【女人岛IslaMujeres】在坎昆东北约13公里的加勒比海上的一个小岛屿，早年西班牙人在岛上发现许多陶制的玛雅女神像，因而以女人岛闻名。岛呈细长形，东部是多种蓝色相接而成的加勒比海，西部可以看到坎昆的天际线落在清澈的海水中，在此可观赏到最壮阔的加勒比海风光，享有&amp;ldquo;女人岛归来不看海&amp;rdquo;的美誉。</w:t>
+              <w:t xml:space="preserve">我们将在早上从PlayaTortugas海事码头准时起航，搭乘令人兴奋的双体帆船前往女人岛旅行。在途中，你可以全天享用船上的OpenBar无限畅饮，端一杯鸡尾酒站在船头，看着海水从一种蓝色变化成另一种蓝色。您可以享受浮潜带来的乐趣，在清澈的海水中欣赏美丽的珊瑚礁、热带鱼和其他迷人的海洋生物。登陆女人岛后，一边享受不限量自助午餐，一边欣赏美丽的海景，在棕榈树下放松身心，尽情感受围绕在身边的美景。返航时，躺在船边，让温暖的加勒比海阳光洒在你的脸上，和风轻抚你的头发，惬意美满。我们将于下午5:00左右返回坎昆码头。行程安排：酒店&amp;rarr;抵达码头：换票登船（航行约30分钟）&amp;rarr;加勒比海浮潜（30分钟，根据当天实际情况决定是否成行）&amp;rarr;女人岛、港海滩俱乐部（4小时）&amp;rarr;登船起航返回坎昆（60分钟）8:15~8:55酒店集合出发，可以接人的酒店（请点击蓝色字体查看），具体出发时间需联系客服确认。景点介绍：【女人岛IslaMujeres】在坎昆东北约13公里的加勒比海上的一个小岛屿，早年西班牙人在岛上发现许多陶制的玛雅女神像，因而以女人岛闻名。岛呈细长形，东部是多种蓝色相接而成的加勒比海，西部可以看到坎昆的天际线落在清澈的海水中，在此可观赏到最壮阔的加勒比海风光，享有&amp;ldquo;女人岛归来不看海&amp;rdquo;的美誉。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>