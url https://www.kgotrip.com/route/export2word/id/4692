--- v0 (2025-12-07)
+++ v1 (2026-02-25)
@@ -111,510 +111,255 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天您将抵达美国南部度假天堂&amp;mdash;&amp;mdash;迈阿密&amp;amp;罗德岱堡，我们将在此开始接下来的美好旅程。热情的导游将等候您的到来，并安排您搭乘班车前往酒店办理入住。参团当日免费接的地点参团当日免费接的时间点迈阿密国际机场（MIA）14:00、17:00、21:00罗德岱堡国际机场（FLL）13:00、16:00、20:00迈阿密码头（POM）10:00、12:00PM罗德岱堡码头（POE）11:00备注：1.免费接机时间点为客人在乘坐的航司取行李处拿到行李后与我司工作人员汇合时间，逾时不候。2.付费接机服务：21:01-23:00迈阿密国际机场（MIA）：前两人$80，第三人起每多一人多加$10每人（此报价不含接机服务费$6每人）。罗德岱堡国际机场（FLL）：前两人$120，第三人起每多一人多加$10每人（此报价不含接机服务费$6每人）。3.免费接机时间和付费接机时间以外到达的客人，请自行打车前往酒店。4.免费时间以外付费接送码头标准：1-4人$100，5-6人$120，7-10人$150。5.14:00接到的客人将有机会前往迈阿密最大名牌折扣商场DolphinMall（车费：$15/人/单程，3小时左右）购物。6.16:00前抵达罗德岱堡国际机场（FLL）及17:00前抵达迈阿密国际机场（MIA）的客人，可自费参加夜游项目（游览时间2小时左右）。针对迈阿密夜游座位的操作：1)夜游项目如提前预定，两人即成团，保证出发。2)如果客人抵达后报名参加夜游，我司会根据实际车辆安排的情况决定是否成团。景点介绍：【迈阿密风情夜游MiamiSouthBeachNightTour】夜游行程主要包括漫步时尚的林肯路和夜游南海滩。林肯大道（LincolnRoad）是迈阿密一条著名的步行街，绿树成排，到处是电影院、商店、酒吧、水烟店、街头摊贩和热辣的比基尼。位于迈阿密南端的南海滩(SouthBeach)则是北美最著名的海滩之一，面朝大西洋的海滨大道上聚集了上百家的酒吧、餐馆、夜总会、豪华酒店以及各式精品店。这里丰富的夜生活吸引无数Party党前来聚会，是迈阿密当之无愧的&amp;ldquo;派对海滩&amp;rdquo;。夜风吹拂椰树林，我们将带您一览南海滩夜晚风情。车子将途经被称为迈阿密的&amp;ldquo;公园大道&amp;rdquo;的Brickell大道，迈阿密热火队的主场&amp;mdash;&amp;mdash;美航球馆，被列入美国国家历史遗迹名录的自由塔，迈阿密会展中心和犹太人纪念塔。</w:t>
+              <w:t xml:space="preserve">今天您将抵达美国南部度假天堂&amp;mdash;&amp;mdash;迈阿密&amp;amp;罗德岱堡，我们将在此开始接下来的美好旅程。热情的导游将等候您的到来，并安排您搭乘班车前往酒店办理入住。参团当日免费接的地点参团当日免费接的时间点迈阿密国际机场（MIA）14:00、17:00、21:00罗德岱堡国际机场（FLL）13:00、16:00、20:00迈阿密码头（POM）10:00、12:00PM罗德岱堡码头（POE）11:00备注：1.免费接机时间点为客人在乘坐的航司取行李处拿到行李后与我司工作人员汇合时间，逾时不候。2.付费接机服务：21:01-23:00迈阿密国际机场（MIA）：前两人$80，第三人起每多一人多加$10每人（此报价不含接机服务费$7.5每人）。罗德岱堡国际机场（FLL）：前两人$120，第三人起每多一人多加$10每人（此报价不含接机服务费$7.5每人）。3.免费接机时间和付费接机时间以外到达的客人，请自行打车前往酒店。4.免费时间以外付费接送码头标准：2025年出发班期：1-4人$100，5-6人$120，7-10人$1502026年出发班期：迈阿密码头（POM）：前两人$80，第三人起每多一人多加$10每人（此报价不含服务费$7.5每人）。罗德岱堡码头（POE）：前两人$120，第三人起每多一人多加$10每人（此报价不含服务费$7.5每人）。5.14:00接到的客人将有机会前往迈阿密最大名牌折扣商场DolphinMall（车费：$30/人，3小时左右）购物。6.16:00前抵达罗德岱堡国际机场（FLL）及17:00前抵达迈阿密国际机场（MIA）的客人，可自费参加夜游项目（游览时间2小时左右）。针对迈阿密夜游座位的操作：1)夜游项目如提前预定，两人即成团，保证出发。2)如果客人抵达后报名参加夜游，我司会根据实际车辆安排的情况决定是否成团。景点介绍：【迈阿密风情夜游MiamiSouthBeachNightTour】夜游行程主要包括漫步时尚的林肯路和夜游南海滩区域。林肯大道（LincolnRoad）是迈阿密一条著名的步行街，绿树成排，到处是电影院、商店、酒吧、水烟店、街头摊贩和热辣的比基尼。位于迈阿密南端的南海滩区域(SouthBeachArea)，这里有北美最著名的海滩之一，面朝大西洋的海滨大道上聚集了上百家的酒吧、餐馆、夜总会、豪华酒店以及各式精品店。这里丰富的夜生活吸引无数Party党前来聚会，是迈阿密当之无愧的&amp;ldquo;派对海滩&amp;rdquo;。夜风吹拂椰树林，我们将带您一览南海滩区域的夜晚风情。车子将途经被称为迈阿密的&amp;ldquo;公园大道&amp;rdquo;的Brickell大道，迈阿密热火队的主场&amp;mdash;&amp;mdash;美航球馆，被列入美国国家历史遗迹名录的自由塔，迈阿密会展中心和犹太人纪念塔。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天您将抵达美国南部度假天堂&amp;mdash;&amp;mdash;迈阿密&amp;amp;罗德岱堡，我们将在此开始接下来的美好旅程。热情的导游将等候您的到来，并安排您搭乘班车前往酒店办理入住。参团当日免费接的地点参团当日免费接的时间点迈阿密国际机场（MIA）14:00、17:00、21:00罗德岱堡国际机场（FLL）13:00、16:00、20:00迈阿密码头（POM）10:00、12:00PM罗德岱堡码头（POE）11:00备注：1.免费接机时间点为客人在乘坐的航司取行李处拿到行李后与我司工作人员汇合时间，逾时不候。2.付费接机服务：21:01-23:00迈阿密国际机场（MIA）：前两人$80，第三人起每多一人多加$10每人（此报价不含接机服务费$6每人）。罗德岱堡国际机场（FLL）：前两人$120，第三人起每多一人多加$10每人（此报价不含接机服务费$6每人）。3.免费接机时间和付费接机时间以外到达的客人，请自行打车前往酒店。4.免费时间以外付费接送码头标准：1-4人$100，5-6人$120，7-10人$150。5.14:00接到的客人将有机会前往迈阿密最大名牌折扣商场DolphinMall（车费：$15/人/单程，3小时左右）购物。6.16:00前抵达罗德岱堡国际机场（FLL）及17:00前抵达迈阿密国际机场（MIA）的客人，可自费参加夜游项目（游览时间2小时左右）。针对迈阿密夜游座位的操作：1)夜游项目如提前预定，两人即成团，保证出发。2)如果客人抵达后报名参加夜游，我司会根据实际车辆安排的情况决定是否成团。景点介绍：【迈阿密风情夜游MiamiSouthBeachNightTour】夜游行程主要包括漫步时尚的林肯路和夜游南海滩。林肯大道（LincolnRoad）是迈阿密一条著名的步行街，绿树成排，到处是电影院、商店、酒吧、水烟店、街头摊贩和热辣的比基尼。位于迈阿密南端的南海滩(SouthBeach)则是北美最著名的海滩之一，面朝大西洋的海滨大道上聚集了上百家的酒吧、餐馆、夜总会、豪华酒店以及各式精品店。这里丰富的夜生活吸引无数Party党前来聚会，是迈阿密当之无愧的&amp;ldquo;派对海滩&amp;rdquo;。夜风吹拂椰树林，我们将带您一览南海滩夜晚风情。车子将途经被称为迈阿密的&amp;ldquo;公园大道&amp;rdquo;的Brickell大道，迈阿密热火队的主场&amp;mdash;&amp;mdash;美航球馆，被列入美国国家历史遗迹名录的自由塔，迈阿密会展中心和犹太人纪念塔。</w:t>
+              <w:t xml:space="preserve">迈阿密被认为是文化的大熔炉，受庞大的拉丁美洲族群和加勒比海岛国居民的影响很大，与北美洲、南美洲、中美洲以及加勒比海地区在文化和语言上关系密切，因此有时还被称为&amp;ldquo;美洲的首都&amp;rdquo;。而位于迈阿密市区西侧的大沼泽国家公园辽阔的沼泽地、壮观的松树林和星罗棋布的红树林为无数野生动物提供了安居之地。这里是美国本土上最大的亚热带野生动物保护地。行程安排：珊瑚阁（车游）&amp;rarr;比尔提莫酒店（外观）&amp;rarr;温伍德网红墙（20分钟）&amp;rarr;南沙滩（45分钟）&amp;rarr;迈阿密自由塔（车游）&amp;rarr;NBA热火球场（车游）&amp;rarr;迈阿密海湾游船（自费，90分钟）&amp;rarr;大沼泽国家公园&amp;rarr;草上飞风力船（自费，60分钟，含珍稀动物表演）&amp;rarr;小哈瓦那（30分钟）景点介绍：【珊瑚阁CoralGables】珊瑚阁区是迈阿密的富人社区，形成于19世纪20年代左右，颇有西班牙特色，绿树成荫，鲜花环绕。郁郁葱葱的林荫大道两旁都是异国风情浓郁的奢华宅邸，很多美国名流都爱在这里置产。作为标志性建筑的巴尔的摩酒店因其在二战期间改成医院并接纳大量伤患而做出了卓越贡献而闻名，它也是克林顿总统夫妇的最爱。【温伍德网红墙WynwoodWalls】迈阿密的温伍德网红墙是一个自由与包容的艺术创作天堂。绅士化的街头艺术在这里得到了淋漓尽致的体现，在这里谁都能分分钟变身街拍达人。【迈阿密南海滩SouthBeach】位于佛罗里达迈阿密的这个海滩，是全世界夜生活最丰富以及最时髦、娱乐的地方。不仅如此，这里还拥有许多多文化机构，如博物馆、剧院和历史遗迹。如要目睹迈阿密真实的一面，南海滩绝对是一个不二选择。这里已经成为迈阿密市最著名的休闲娱乐胜地，集结了上百家的酒吧、餐厅、精品店以及旅馆。湛蓝的海水，银色的沙滩，不经意间流露出些许风情万种。【迈阿密自由塔FreedomToweratMiamiDadeCollege】自由塔建于1925年，是迈阿密达德学院（MiamiDadeCollege）校园的一部分。这座西班牙文艺复兴式的建筑是迈阿密的地标性建筑，在1962-1974年曾作为古巴难民的援助中心。每到夜晚，建筑上会打出变幻的彩色灯光，异常醒目。【NBA热火球场FTXArena】NBA热火球场位于迈阿密市中心，前身为美国航空竞技场，周围高楼林立，紧邻海湾，是一座集运动和娱乐为一体的综合场馆。该体育场是迈阿密热火队的主场，每年吸引大批球迷来此观看比赛。【迈阿密海湾游船MiamiBayCruise】游览迈阿密海湾，欣赏海天一色的美景外还可以近距离欣赏明星岛，饱览世界巨星们所拥有的亿万豪宅，远眺迈阿密下城区的全美第二大金融中心。任何形容词都不能描绘出比斯坎湾的美景，蔚蓝的海水、温和的海风以及令人心驰神往的“水世界”，这些都使得比斯坎湾国家公园散发出无尽的魅力。【大沼泽地国家公园EvergladesNationalPark】大沼泽地国家公园位于佛州南部，是美国最大的亚热带沼泽湿地公园以及全美第三大国家公园，面积约为140万英亩左右，栖息着鸟类、鳄鱼等众多野生动物。公园有多个入口，主入口设有游客中心，可先去领取公园地图并谘询工作人员游玩路线。自驾、游览车、观光船、徒步、骑车是最主要的游览方式，水上活动和丛林探险等活动需要提前预约。【大沼泽公园“草上飞”风力船EvergladesAirboat】位于佛罗里达州南部尖角位置，辽阔的沼泽地、壮观的松树林和星罗棋布的红树林和无数野生动物一定能令你眼前一亮，坐上气垫船出发吧。【小哈瓦那LittleHavana】这里是著名的古巴区，来自全世界各地的游客都必来这里参观古巴雪茄手工作坊，品尝古巴特色咖啡，感受中南美洲的异域风情。这里有不少餐厅、酒吧和商铺，特色的纪念品、艺术品、书籍音像制品、古巴雪茄等都能淘到。小哈瓦那的古巴风情非常浓郁，来到此地甚至会恍惚自己是否身在美国国土上。小哈瓦那的建筑和街道都是古巴元素的，你甚至会感觉到这空气中蔓延的都是古巴雪茄味，耳边不时传来梅格轮舞和萨尔萨舞的音乐。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">迈阿密被认为是文化的大熔炉，受庞大的拉丁美洲族群和加勒比海岛国居民的影响很大，与北美洲、南美洲、中美洲以及加勒比海地区在文化和语言上关系密切，因此有时还被称为&amp;ldquo;美洲的首都&amp;rdquo;。而位于迈阿密市区西侧的大沼泽国家公园辽阔的沼泽地、壮观的松树林和星罗棋布的红树林为无数野生动物提供了安居之地。这里是美国本土上最大的亚热带野生动物保护地。行程安排：温伍德网红墙（30分钟）&amp;rarr;珊瑚阁（车游）&amp;rarr;比尔提莫酒店（外观）&amp;rarr;小哈瓦那（30分钟）&amp;rarr;大沼泽国家公园&amp;rarr;草上飞风力船（自费，90分钟，含珍稀动物表演）&amp;rarr;迈阿密自由塔（车游）&amp;rarr;NBA热火球场（车游）&amp;rarr;迈阿密海湾游船（自费，100分钟）&amp;rarr;南沙滩（45分钟）景点介绍：【温伍德网红墙WynwoodWalls】迈阿密的温伍德网红墙是一个自由与包容的艺术创作天堂。绅士化的街头艺术在这里得到了淋漓尽致的体现，在这里谁都能分分钟变身街拍达人。【珊瑚阁CoralGables】珊瑚阁区是迈阿密的富人社区，形成于19世纪20年代左右，颇有西班牙特色，绿树成荫，鲜花环绕。郁郁葱葱的林荫大道两旁都是异国风情浓郁的奢华宅邸，很多美国名流都爱在这里置产。作为标志性建筑的巴尔的摩酒店因其在二战期间改成医院并接纳大量伤患而做出了卓越贡献而闻名，它也是克林顿总统夫妇的最爱。【小哈瓦那LittleHavana】这里是著名的古巴区，来自全世界各地的游客都必来这里参观古巴雪茄手工作坊，品尝古巴特色咖啡，感受中南美洲的异域风情。这里有不少餐厅、酒吧和商铺，特色的纪念品、艺术品、书籍音像制品、古巴雪茄等都能淘到。小哈瓦那的古巴风情非常浓郁，来到此地甚至会恍惚自己是否身在美国国土上。小哈瓦那的建筑和街道都是古巴元素的，你甚至会感觉到这空气中蔓延的都是古巴雪茄味，耳边不时传来梅格轮舞和萨尔萨舞的音乐。【大沼泽地国家公园EvergladesNationalPark】大沼泽地国家公园位于佛州南部，是美国最大的亚热带沼泽湿地公园以及全美第三大国家公园，面积约为140万英亩左右，栖息着鸟类、鳄鱼等众多野生动物。公园有多个入口，主入口设有游客中心，可先去领取公园地图并谘询工作人员游玩路线。自驾、游览车、观光船、徒步、骑车是最主要的游览方式，水上活动和丛林探险等活动需要提前预约。【大沼泽公园“草上飞”风力船EvergladesAirboat】位于佛罗里达州南部尖角位置，辽阔的沼泽地、壮观的松树林和星罗棋布的红树林和无数野生动物一定能令你眼前一亮，坐上气垫船出发吧。【迈阿密自由塔FreedomToweratMiamiDadeCollege】自由塔建于1925年，是迈阿密达德学院（MiamiDadeCollege）校园的一部分。这座西班牙文艺复兴式的建筑是迈阿密的地标性建筑，在1962-1974年曾作为古巴难民的援助中心。每到夜晚，建筑上会打出变幻的彩色灯光，异常醒目。【NBA热火球场FTXArena】NBA热火球场位于迈阿密市中心，前身为美国航空竞技场，周围高楼林立，紧邻海湾，是一座集运动和娱乐为一体的综合场馆。该体育场是迈阿密热火队的主场，每年吸引大批球迷来此观看比赛。【迈阿密海湾游船MiamiBayCruise】游览迈阿密海湾，欣赏海天一色的美景外还可以近距离欣赏明星岛，饱览世界巨星们所拥有的亿万豪宅，远眺迈阿密下城区的全美第二大金融中心。任何形容词都不能描绘出比斯坎湾的美景，蔚蓝的海水、温和的海风以及令人心驰神往的“水世界”，这些都使得比斯坎湾国家公园散发出无尽的魅力。【迈阿密南海滩SouthBeach】位于佛罗里达迈阿密的这个海滩，是全世界夜生活最丰富以及最时髦、娱乐的地方。不仅如此，这里还拥有许多多文化机构，如博物馆、剧院和历史遗迹。如要目睹迈阿密真实的一面，南海滩绝对是一个不二选择。这里已经成为迈阿密市最著名的休闲娱乐胜地，集结了上百家的酒吧、餐厅、精品店以及旅馆。湛蓝的海水，银色的沙滩，不经意间流露出些许风情万种。</w:t>
+              <w:t xml:space="preserve">从酒店往南驱车180英里，驶向佛罗里达群岛岛链的最末端--被誉为&amp;ldquo;美国天涯海角&amp;rdquo;的西锁岛。一路上五彩斑斓的海面和湛蓝的天空构成独一无二的美景，在约4.5小时车程中（路况良好情况下），您将途经一条宏伟的&amp;ldquo;跨海大桥&amp;rdquo;，它是由长短不一的42座桥和32个岛屿串连而起，也被称为&amp;ldquo;世界第八大奇观&amp;rdquo;的美国1号公路。最后抵达西锁岛后参观游览。行程安排：前往美国天涯海角西锁岛&amp;rarr;行驶在世界第八大奇观的美国1号公路&amp;rarr;西锁岛经典游（必付项目，2小时）&amp;rarr;西锁岛自由活动（1小时）西锁岛经典游：阿诺施瓦辛格的&amp;ldquo;真实的谎言&amp;rdquo;的拍摄地-七英里桥（30分钟）&amp;rarr;美国1号公路起点0英里（10分钟）&amp;rarr;外观海明威故居&amp;amp;全美大陆最南端地标（20分钟）自由活动推荐行程：参观完以上景点后，您将有1小时的自由活动时间来探索岛上的魅力景点。悠闲享用午餐后，推荐您前往杜鲁门小白宫、海港码头区、旧海关等热门打卡地，或者前往海边广场放肆嗨购！景点介绍：【西锁岛KeyWest】在加勒比海的深处，有一连串叫做佛罗里达群岛的珊瑚礁岛屿，仿佛散落在海面上的珍珠，绚烂夺目，而最南端的那一座就是西锁岛。西锁岛是美国本土最南端的小镇，因此被称为“日落故乡”。岛上常住人口不多，但是游客却常年络绎不绝。房屋以各式各样色彩明媚的民居为主，路两边整整齐齐地栽种著青翠欲滴的棕榈树，五彩缤纷的鲜花点缀其中，让人流连忘返。【全美大陆最南端地标SouthernmostPointBuoy】全美大陆最南端地标有&amp;ldquo;美国的天涯海角&amp;rdquo;之称，该地标位于佛罗里达最南端，亦是全美国大陆最南端，这里距离古巴只有90英里。今天，它是美国访问量最大，拍照最多的景点之一。【海明威故居HemingwayHome&amp;Museum】海明威故居博物馆为位于美国佛罗里达的西礁岛上，海明威在这里只住了10年，这10年也是他写作的鼎盛期，很多重要的作品也都是在这里撰写的。故居目前还保留着海明威居住时的样子，包括随处可以见的书籍和杂志，随时准备接待朋友的起居室。踏进庭院，满眼是绿树繁花，显得静谧而安详。不长的甬道尽头，掩映在树盖和花影中的是一座西班牙风格的二层小楼，柠檬黄的墙壁，草绿色的窗棂和墨蓝色的屋顶，给人一种深邃与悠远的感觉。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">迈阿密被认为是文化的大熔炉，受庞大的拉丁美洲族群和加勒比海岛国居民的影响很大，与北美洲、南美洲、中美洲以及加勒比海地区在文化和语言上关系密切，因此有时还被称为&amp;ldquo;美洲的首都&amp;rdquo;。而位于迈阿密市区西侧的大沼泽国家公园辽阔的沼泽地、壮观的松树林和星罗棋布的红树林为无数野生动物提供了安居之地。这里是美国本土上最大的亚热带野生动物保护地。行程安排：温伍德网红墙（30分钟）&amp;rarr;珊瑚阁（车游）&amp;rarr;比尔提莫酒店（外观）&amp;rarr;小哈瓦那（30分钟）&amp;rarr;大沼泽国家公园&amp;rarr;草上飞风力船（自费，90分钟，含珍稀动物表演）&amp;rarr;迈阿密自由塔（车游）&amp;rarr;NBA热火球场（车游）&amp;rarr;迈阿密海湾游船（自费，100分钟）&amp;rarr;南沙滩（45分钟）景点介绍：【温伍德网红墙WynwoodWalls】迈阿密的温伍德网红墙是一个自由与包容的艺术创作天堂。绅士化的街头艺术在这里得到了淋漓尽致的体现，在这里谁都能分分钟变身街拍达人。【珊瑚阁CoralGables】珊瑚阁区是迈阿密的富人社区，形成于19世纪20年代左右，颇有西班牙特色，绿树成荫，鲜花环绕。郁郁葱葱的林荫大道两旁都是异国风情浓郁的奢华宅邸，很多美国名流都爱在这里置产。作为标志性建筑的巴尔的摩酒店因其在二战期间改成医院并接纳大量伤患而做出了卓越贡献而闻名，它也是克林顿总统夫妇的最爱。【小哈瓦那LittleHavana】这里是著名的古巴区，来自全世界各地的游客都必来这里参观古巴雪茄手工作坊，品尝古巴特色咖啡，感受中南美洲的异域风情。这里有不少餐厅、酒吧和商铺，特色的纪念品、艺术品、书籍音像制品、古巴雪茄等都能淘到。小哈瓦那的古巴风情非常浓郁，来到此地甚至会恍惚自己是否身在美国国土上。小哈瓦那的建筑和街道都是古巴元素的，你甚至会感觉到这空气中蔓延的都是古巴雪茄味，耳边不时传来梅格轮舞和萨尔萨舞的音乐。【大沼泽地国家公园EvergladesNationalPark】大沼泽地国家公园位于佛州南部，是美国最大的亚热带沼泽湿地公园以及全美第三大国家公园，面积约为140万英亩左右，栖息着鸟类、鳄鱼等众多野生动物。公园有多个入口，主入口设有游客中心，可先去领取公园地图并谘询工作人员游玩路线。自驾、游览车、观光船、徒步、骑车是最主要的游览方式，水上活动和丛林探险等活动需要提前预约。【大沼泽公园“草上飞”风力船EvergladesAirboat】位于佛罗里达州南部尖角位置，辽阔的沼泽地、壮观的松树林和星罗棋布的红树林和无数野生动物一定能令你眼前一亮，坐上气垫船出发吧。【迈阿密自由塔FreedomToweratMiamiDadeCollege】自由塔建于1925年，是迈阿密达德学院（MiamiDadeCollege）校园的一部分。这座西班牙文艺复兴式的建筑是迈阿密的地标性建筑，在1962-1974年曾作为古巴难民的援助中心。每到夜晚，建筑上会打出变幻的彩色灯光，异常醒目。【NBA热火球场FTXArena】NBA热火球场位于迈阿密市中心，前身为美国航空竞技场，周围高楼林立，紧邻海湾，是一座集运动和娱乐为一体的综合场馆。该体育场是迈阿密热火队的主场，每年吸引大批球迷来此观看比赛。【迈阿密海湾游船MiamiBayCruise】游览迈阿密海湾，欣赏海天一色的美景外还可以近距离欣赏明星岛，饱览世界巨星们所拥有的亿万豪宅，远眺迈阿密下城区的全美第二大金融中心。任何形容词都不能描绘出比斯坎湾的美景，蔚蓝的海水、温和的海风以及令人心驰神往的“水世界”，这些都使得比斯坎湾国家公园散发出无尽的魅力。【迈阿密南海滩SouthBeach】位于佛罗里达迈阿密的这个海滩，是全世界夜生活最丰富以及最时髦、娱乐的地方。不仅如此，这里还拥有许多多文化机构，如博物馆、剧院和历史遗迹。如要目睹迈阿密真实的一面，南海滩绝对是一个不二选择。这里已经成为迈阿密市最著名的休闲娱乐胜地，集结了上百家的酒吧、餐厅、精品店以及旅馆。湛蓝的海水，银色的沙滩，不经意间流露出些许风情万种。</w:t>
+              <w:t xml:space="preserve">前往迈阿密以北，负有盛名的&amp;ldquo;世界游艇之都&amp;rdquo;-罗德岱堡，您将游览&amp;ldquo;美国的威尼斯&amp;rdquo;,欣赏两岸的豪宅和河道上林立的桅樯。河道纵横，密如蛛网，同时您还可以漫步在美国十大海滩之一的罗德岱堡海滩。接着将前往美国南部唯一一个集驾车以及步行体验于一体的野生动物王国，与近千头野兽近距离接触，犹如身处非洲草原。随后我们将经过西棕榈滩市去往棕榈滩岛，作为&amp;ldquo;佛罗裡达的文化之都&amp;rdquo;，棕榈滩早在100多年前就成为首个为美国富豪们度身定制的冬日避寒度假胜地。前往棕榈海滩，领略大西洋的美景，海边的天价别墅不胜枚举。行程安排：世界游艇之都罗德岱堡&amp;rarr;漫步在罗德岱堡海滩（45分钟）&amp;rarr;雄狮野生动物王国（自费，90分钟）&amp;rarr;棕榈滩岛&amp;rarr;美国总统特朗普私宅海湖庄园（途经）&amp;rarr;亨利&amp;bull;弗拉格勒博物馆（外观）&amp;rarr;棕榈滩海滩（40分钟）景点介绍：【罗德岱堡海滩FortLauderdaleBeach】有着美国威尼斯之称的罗德岱堡，它距迈阿密约一小时车程，有独一无二的棕榈海滩，市中心有水道、湖泊和河流，还有12公里长的白沙滩，沙滩上有棕榈树，蔚然的海水来自于温暖、乾淨的大西洋。罗德岱堡海滩是全美最美的十大海滩之一，沙滩洁白细腻，适合冬季休闲度假。【雄狮王国野生动物园LionCountrySafari】美国南部唯一一座集驾车以及步行体验于一体动物王国，与近千头野兽近距离接触，犹如身处非洲草原。在这里与900多种动物邂逅，物种中有狮子、白犀牛、黑猩猩、斑马和长颈鹿，其中还有广受欢迎的羊驼。除了目不暇接的动物展览，还可以体验动物喂食，参加水上快艇等园内活动。在这样顶尖的动物王国中，你必将拥有一次与动物最近距离接触的难忘之旅。幸运的话，还能参加动物园内的大型活动，例如世界海洋日，艺术表演等。景点介绍：【棕榈滩PalmBeach】棕榈滩位于迈阿密市以北65公里处的一个岛，西靠近岸内航道，东临大西洋。棕榈滩岛是最靠近墨西哥暖流的陆地，因这里草木茂盛，海滩上满布高大的棕榈树故而得名-棕榈滩，其优越的海洋性环境气候在世界众多一流的旅游胜地中位于前列。优美的自然风光、多样的文化交错、瞩目的社交活动使棕榈滩成为了世界各地旅游者心目中向往的天堂。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3</w:t>
+              <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">从酒店往南驱车180英里，驶向佛罗里达群岛岛链的最末端--被誉为&amp;ldquo;美国天涯海角&amp;rdquo;的西锁岛。一路上五彩斑斓的海面和湛蓝的天空构成独一无二的美景，在约4.5小时车程中（路况良好情况下），您将途经一条宏伟的&amp;ldquo;跨海大桥&amp;rdquo;，它是由长短不一的42座桥和32个岛屿串连而起，也被称为&amp;ldquo;世界第八大奇观&amp;rdquo;的美国1号公路。最后抵达西锁岛后可自由活动。行程安排：前往美国天涯海角西锁岛&amp;rarr;行驶在世界第八大奇观的美国1号公路&amp;rarr;阿诺施瓦辛格的&amp;ldquo;真实的谎言&amp;rdquo;的拍摄地，七英里桥（停靠拍照）&amp;rarr;西锁岛自由活动（180分钟，可自费参观海明威的故居）自由活动推荐与说明：在西锁岛逗留约3小时，导游会在车上先带您前往以上景点并告知景点具体位置，集合地点以及时间，也会介绍岛上方位等。之后就可以享受您的自由活动时间，可以自由享用午餐，或前往礼品小店购买纪念品。也可自费参观诺贝尔文学奖得主海明威的故居。一定不要忘记与&amp;ldquo;美国大陆最南端&amp;rdquo;的地标合影留念。景点介绍：【西锁岛KeyWest】在加勒比海的深处，有一连串叫做佛罗里达群岛的珊瑚礁岛屿，仿佛散落在海面上的珍珠，绚烂夺目，而最南端的那一座就是西锁岛。西锁岛是美国本土最南端的小镇，因此被称为“日落故乡”。岛上常住人口不多，但是游客却常年络绎不绝。房屋以各式各样色彩明媚的民居为主，路两边整整齐齐地栽种著青翠欲滴的棕榈树，五彩缤纷的鲜花点缀其中，让人流连忘返。【全美大陆最南端地标SouthernmostPointBuoy】全美大陆最南端地标有&amp;ldquo;美国的天涯海角&amp;rdquo;之称，该地标位于佛罗里达最南端，亦是全美国大陆最南端，这里距离古巴只有90英里。今天，它是美国访问量最大，拍照最多的景点之一。【海明威故居HemingwayHome&amp;Museum】海明威故居博物馆为位于美国佛罗里达的西礁岛上，海明威在这里只住了10年，这10年也是他写作的鼎盛期，很多重要的作品也都是在这里撰写的。故居目前还保留着海明威居住时的样子，包括随处可以见的书籍和杂志，随时准备接待朋友的起居室。踏进庭院，满眼是绿树繁花，显得静谧而安详。不长的甬道尽头，掩映在树盖和花影中的是一座西班牙风格的二层小楼，柠檬黄的墙壁，草绿色的窗棂和墨蓝色的屋顶，给人一种深邃与悠远的感觉。</w:t>
-[...254 lines deleted...]
-              <w:t xml:space="preserve">今天您将有一整天的时间在美丽的海滨城市迈阿密自由活动，您可以选择参加我们精心准备的自费项目：前往迈阿密海滩、参观维兹卡亚庄园和前往海豚购物中心购物。早上出发前往迈阿密海滩，这里蓝天、碧海、白沙，加上群群海鸥时而在海上戏水，时而到沙滩觅食，时而又翱翔天空，组成了一幅十分美妙的立体图画。中午打卡著名的维兹卡亚庄园，这幢建造于一个世纪前的地中海风格别墅，林木环绕，面朝大海，坐落在佛罗里达海湾畔。其宁静祥和的文化氛围和迷人的自然风光让人流连忘返。下午前往海豚购物中心，给自己的的旅程画上完美的句号。行程安排：迈阿密海滩自由活动（3.5小时）&amp;rarr;维兹卡亚庄园（自费，1.5小时）&amp;rarr;海豚购物中心（自费）景点介绍：【迈阿密海滩MiamiBeach】迈阿密海滩是比斯坎湾和大西洋之间狭长的小岛，与迈阿密市隔着一道海湾。延绵数公里洁白柔软的海滩让这里成为迈阿密的度假胜地，酒店、商场、餐厅、娱乐等设施齐全。每年12月的迈阿密海滩艺术节，是一个集工艺美术展览和文艺演出为一体的综合性艺术节。精彩的艺术演出将在迈阿密海滩上演，不容错过。【维兹卡亚博物馆及花园VizcayaMuseumandGardens】维兹卡亚博物馆及花园是工业巨头JamesDeering的私人庄园，整栋建筑是意大利文艺复兴风格，临海而建，三层楼共70个不同风格的房间，展出主人生前收集的15世纪至19世纪的精美艺术品。10英亩的户外花园优雅宁静，植物由专人打理修剪得整齐，欧式喷泉和雕塑点缀其中，这里也是欣赏比斯坎湾无敌海景的好地点。私人庄园曾多次接待各国政要和名人明星，不少好莱坞电影都曾在此取景，目前已成为拍摄婚纱照和艺术照的热门地点。【海豚购物中心DolphinMall】海豚购物中心是迈阿密人气最高的购物中心，开设了超过240家品牌商铺，还有多家各国风味的餐厅和不少娱乐设施。大部分品牌都有4-8折的折扣优惠，打折季折扣将会更低。</w:t>
+              <w:t xml:space="preserve">迈阿密不是传统意义上的美式城市，它自由、热情、混血、戏剧性十足，天生适合电影镜头的存在。拉丁文化、涂鸦艺术、棕榈海岸、复古霓虹&amp;mdash;&amp;mdash;每个街角都像电影画面里的静止画面，等你走进去，成为下一幕的主角。这是一场沉浸式的城市冒险，迈阿密的阳光、热浪与自由氛围，就是最天然的电影布景！在专业导游的带领下，今天的影视之旅您将充分游览布满白色沙粒的迈阿密海滩、都市节奏感十足的金融区Brickell、复古浪漫的维兹卡亚庄园，时尚与艺术融合的迈阿密设计区，都展现迈阿密多元面貌。你将边走边听幕后花絮，边拍边演你的电影主角人生。无论你是电影迷、摄影控，还是第一次来迈阿密旅行的自由灵魂，这趟旅程都将点燃你的镜头感。行程安排：迈阿密海滩（90分钟）&amp;rarr;布里克尔城市中心（120分钟）&amp;rarr;维兹卡亚庄园博物馆（自费，120分钟）景点介绍：【迈阿密海滩MiamiBeach】迈阿密海滩是比斯坎湾和大西洋之间狭长的小岛，与迈阿密市隔着一道海湾。延绵数公里洁白柔软的海滩让这里成为迈阿密的度假胜地，酒店、商场、餐厅、娱乐等设施齐全。《钢铁侠3》中的海上爆破名场面与《速度与激情2》的追逐戏都是在这里取景拍摄的。每年12月的迈阿密海滩艺术节，是一个集工艺美术展览和文艺演出为一体的综合性艺术节。精彩的艺术演出将在迈阿密海滩上演，不容错过。【布里克爾城市中心】布里克尔城市中心是现代化都市的核心商业与文化区，集商务、购物、娱乐于一体。这里高楼林立，汇聚了金融企业、高端酒店和大型购物中心，同时保留历史建筑与公共艺术空间，展现传统与现代的融合。交通便利，地铁与公交网络发达，步行区绿树成荫，适合休闲漫步。全年举办音乐节、展览等文化活动，吸引游客与市民参与。无论是白天繁忙的商业活动，还是夜晚璀璨的城市灯光，布里克爾城市中心都充满活力，成为城市的地标性区域。【维兹卡亚庄园博物馆VizcayaMuseumandGardens】维兹卡亚庄园博物馆是工业巨头JamesDeering的私人庄园，整栋建筑是意大利文艺复兴风格，临海而建，三层楼共70个不同风格的房间，展出主人生前收集的15世纪至19世纪的精美艺术品。10英亩的户外花园优雅宁静，植物由专人打理修剪得整齐，欧式喷泉和雕塑点缀其中，这里也是欣赏比斯坎湾无敌海景的好地点。私人庄园曾多次接待各国政要和名人明星，不少好莱坞电影都曾在此取景，目前已成为拍摄婚纱照和艺术照的热门地点。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -636,115 +381,115 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.交通费用（使用车辆类型根据当日具体参团人数决定）；2.住宿（房间以两张床为主，儿童，第三，第四人同房，不另加床，住宿晚数等于行程天数减一）；3.中英文服务人员(司机+导游/司兼导)；4.酒店内早餐。</w:t>
+              <w:t xml:space="preserve">1.行程中交通费用（使用车辆类型根据当日具体参团人数决定）；2.行程中住宿（住宿晚数等于行程天数减一）；3.中英文服务人员（司机+导游/司兼导）；4.行程中早餐。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.午餐和晚餐；2.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；3.服务费（接机当日：US$6/人；团上：每人每天最低支付US$12，儿童/占座婴儿按成人标准支付）；4.酒店房间内私人费用（洗衣费，电话费等）；5.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目：西锁岛经典游KeyWestNarratedTour(Mandatory)成人：$35.00老人（65+岁）：$35.00儿童（3-12岁）：$25.00包含：七英里桥、全美大陆最南端地标、外观海明威故居、美国1号公路起点0英里海豚购物中心单程路费DolphinMallTransfer成人：$15.00老人（65+岁）：$15.00儿童（3-12岁）：$15.00迈阿密夜游MiamiNightTour成人：$35.00老人(65+岁)：$35.00儿童(3-12岁)：$25.00迈阿密海湾游船MiamiBayCruise成人：$35.00老人（65+岁）：$35.00儿童（4-12岁）：$25.00大沼泽公园“草上飞”EvergladesAirboat成人：$41.00老人(65+岁)：$41.00儿童(6-11岁)：$31.00雄狮王国野生动物园LionCountrySafari成人：$56.00老人（65+岁）：$56.00儿童（3-9岁）：$43.00维兹卡亚庄园VillaVizcaya成人：$25.00儿童（6-12岁）：$10.00</w:t>
+              <w:t xml:space="preserve">1.午餐和晚餐（导游将提供建议）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（接机$7.5/人，团上$15/人/天，儿童/占座婴儿按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目：西锁岛经典游KeyWestNarratedTour(Mandatory)成人：$35.00老人（65+岁）：$35.00儿童（3-12岁）：$25.00包含：七英里桥、美国1号公路起点0英里、外观海明威故居&amp;amp;全美大陆最南端地标海豚购物中心往返车费DolphinMallTransferRound-trip成人：$30.00老人（65+岁）：$30.00儿童（3-12岁）：$30.00DolphinMallTransfer迈阿密夜游MiamiNightTour成人：$35.00老人(65+岁)：$35.00儿童(3-12岁)：$25.00迈阿密海湾游船MiamiBayCruise成人：$35.00老人（65+岁）：$35.00儿童（4-12岁）：$25.00儿童（3岁以下）：$5.00大沼泽公园“草上飞”EvergladesAirboat成人：$43.00老人(65+岁)：$41.00儿童(6-11岁)：$33.00雄狮王国野生动物园LionCountrySafari成人：$63.00儿童（3-9岁）：$51.00本景点门票价格因淡旺季有所浮动，具体门票价格以入园当天价格为准。维兹卡亚庄园VillaVizcaya成人：$25.00儿童（6-12岁）：$10.00本景点门票价格因淡旺季有所浮动，具体门票价格以入园当天价格为准。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">自2026年1月1日起，美国境内11个国家公园将对非美国居民实施入园额外收费政策（请点击蓝色字体查看）。进入以上国家公园时，园区工作人员可能会现场核验游客身份，请美国居民务必随身携带有效身份证明，如美国护照、驾照或绿卡等，以便现场查验。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>