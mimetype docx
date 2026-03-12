--- v0 (2025-11-03)
+++ v1 (2026-03-12)
@@ -10,639 +10,149 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">【白金尊享】墨西哥度假胜地坎昆入住全包式度假酒店 Hyatt Zilara Cancun 4天3晚-行程单【君行天下】</w:t>
       </w:r>
     </w:p>
     <w:p/>
-    <w:tbl>
-[...486 lines deleted...]
-    </w:tbl>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="500" w:type="dxa"/>
         <w:gridCol w:w="8600" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="Detail Table"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:rPr/>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1.三晚仅限成人入住的全包式度假酒店HyattZilaraCancun；2.全包式酒店提供的一日三餐；3.坎昆国际机场(CUN)专车英文接送机服务。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:rPr/>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1.您往返出发地与目的地的机票或相关交通费用；2.一切除费用包含外的私人性质费用(行李托运费，洗衣费等)。自费项目项目名称价格说明描述</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:rPr/>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；2.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。3.取消条款如下：a.出发前45天及以上取消或更改日期，收取$100美金/人罚金；b.出发前30-44日取消或更改日期，收取售价30%的费用c.出发前23-29日取消或更改日期，收取售价50%的费用d.出发前22天内（含第22天）取消或更改日期，收取售价100%的费用【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；2.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。3.取消条款如下：a.出发前45天及以上取消或更改日期，收取$100美金/人罚金；b.出发前30-44日取消或更改日期，收取售价30%的费用c.出发前23-29日取消或更改日期，收取售价50%的费用d.出发前22天内（含第22天）取消或更改日期，收取售价100%的费用</w:t>
+              <w:t xml:space="preserve">1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；2.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。3.取消条款如下：a.出发前45天及以上取消或更改日期，收取$100美金/人罚金；b.出发前30-44日取消或更改日期，收取售价30%的费用c.出发前23-29日取消或更改日期，收取售价50%的费用d.出发前22天内（含第22天）取消或更改日期，收取售价100%的费用【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；2.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。3.取消条款如下：a.出发前45天及以上取消或更改日期，收取$100美金/人罚金；b.出发前30-44日取消或更改日期，收取售价30%的费用c.出发前23-29日取消或更改日期，收取售价50%的费用d.出发前22天内（含第22天）取消或更改日期，收取售价100%的费用【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；2.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。3.取消条款如下：a.出发前45天及以上取消或更改日期，收取$100美金/人罚金；b.出发前30-44日取消或更改日期，收取售价30%的费用c.出发前23-29日取消或更改日期，收取售价50%的费用d.出发前22天内（含第22天）取消或更改日期，收取售价100%的费用【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；2.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。3.取消条款如下：a.出发前45天及以上取消或更改日期，收取$100美金/人罚金；b.出发前30-44日取消或更改日期，收取售价30%的费用c.出发前23-29日取消或更改日期，收取售价50%的费用d.出发前22天内（含第22天）取消或更改日期，收取售价100%的费用【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；2.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。3.取消条款如下：a.出发前45天及以上取消或更改日期，收取$100美金/人罚金；b.出发前30-44日取消或更改日期，收取售价30%的费用c.出发前23-29日取消或更改日期，收取售价50%的费用d.出发前22天内（含第22天）取消或更改日期，收取售价100%的费用【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；2.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。3.取消条款如下：a.出发前45天及以上取消或更改日期，收取$100美金/人罚金；b.出发前30-44日取消或更改日期，收取售价30%的费用c.出发前23-29日取消或更改日期，收取售价50%的费用d.出发前22天内（含第22天）取消或更改日期，收取售价100%的费用</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -733,81 +243,50 @@
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:rPrDefault>
   </w:docDefaults>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
-  </w:style>
-[...29 lines deleted...]
-    </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Detail Table">
     <w:name w:val="Detail Table"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="80" w:type="dxa"/>
         <w:left w:w="80" w:type="dxa"/>
         <w:right w:w="80" w:type="dxa"/>
         <w:bottom w:w="80" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="18" w:color="000000"/>