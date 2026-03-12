--- v0 (2025-10-29)
+++ v1 (2026-03-12)
@@ -150,522 +150,216 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">参团当日提供坎昆国际机场(CUN)专车英文接机服务，工作人员接到您后将带您入住位于7字酒店区的HyattZivaCancun，马上就可以开启您的&amp;ldquo;躺平&amp;rdquo;度假之旅啦~如果说加勒比海美丽的海景在坎昆，那么坎昆美丽的海景非HyattZivaCancun莫属。HyattZiva酒店毗邻主要的娱乐区，附近很多知名夜店，步行就能抵达，十分方便！酒店位于7字酒店区，坐拥两面沙滩，沙滩线超长，同时它拥有两片不同海景：一面是礁石悬崖灯塔景，一面是加勒比海景；没有其他酒店的阻挡，所以视野格外开阔。漫步于洁净纯白的沙雅；早中晚你还可以有各种活动可以选择，瑜伽、普拉提、水上排球，还可以租皮划艇、浮潜，出海摩托艇、水上降落伞&amp;hellip;&amp;hellip;动静皆宜！</w:t>
+              <w:t xml:space="preserve">酒店一共有8家不同风格、令人惊艳的餐厅和2个酒水bar，还有贴心的RoomService24小时服务，每层楼还配备了一位管家，有任何问题都可以呼叫，房间里有订餐的iPad，想吃什么随时点，味道不输其他餐厅！</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">酒店一共有8家不同风格、令人惊艳的餐厅和2个酒水bar，还有贴心的RoomService24小时服务，每层楼还配备了一位管家，有任何问题都可以呼叫，房间里有订餐的iPad，想吃什么随时点，味道不输其他餐厅！</w:t>
+              <w:t xml:space="preserve">您可以在我们精选的沙滩全包酒店尽情地享受碧海蓝天和美丽的白沙滩，享用各种豪华的酒店设施，美食佳肴畅饮畅食，任性吃！喝！玩！</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">酒店一共有8家不同风格、令人惊艳的餐厅和2个酒水bar，还有贴心的RoomService24小时服务，每层楼还配备了一位管家，有任何问题都可以呼叫，房间里有订餐的iPad，想吃什么随时点，味道不输其他餐厅！</w:t>
+              <w:t xml:space="preserve">您可以在我们精选的沙滩全包酒店尽情地享受碧海蓝天和美丽的白沙滩，享用各种豪华的酒店设施，美食佳肴畅饮畅食，任性吃！喝！玩！</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3</w:t>
+              <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">您可以在我们精选的沙滩全包酒店尽情地享受碧海蓝天和美丽的白沙滩，享用各种豪华的酒店设施，美食佳肴畅饮畅食，任性吃！喝！玩！</w:t>
-            </w:r>
-[...304 lines deleted...]
-              <w:t xml:space="preserve">提供坎昆国际机场(CUN)专车英文送机服务。送机当日我司工作人员会根据您航班的起飞时间，提前约3小时送您到达机场。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -802,51 +496,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；2.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。3.取消条款如下：a.出发前45天及以上取消或更改日期，收取$100美金/人罚金；b.出发前30-44日取消或更改日期，收取售价30%的费用c.出发前23-29日取消或更改日期，收取售价50%的费用d.出发前22天内（含第22天）取消或更改日期，收取售价100%的费用【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；2.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。3.取消条款如下：a.出发前45天及以上取消或更改日期，收取$100美金/人罚金；b.出发前30-44日取消或更改日期，收取售价30%的费用c.出发前23-29日取消或更改日期，收取售价50%的费用d.出发前22天内（含第22天）取消或更改日期，收取售价100%的费用</w:t>
+              <w:t xml:space="preserve">1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；2.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。3.取消条款如下：a.出发前45天及以上取消或更改日期，收取$100美金/人罚金；b.出发前30-44日取消或更改日期，收取售价30%的费用c.出发前23-29日取消或更改日期，收取售价50%的费用d.出发前22天内（含第22天）取消或更改日期，收取售价100%的费用【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；2.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。3.取消条款如下：a.出发前45天及以上取消或更改日期，收取$100美金/人罚金；b.出发前30-44日取消或更改日期，收取售价30%的费用c.出发前23-29日取消或更改日期，收取售价50%的费用d.出发前22天内（含第22天）取消或更改日期，收取售价100%的费用【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；2.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。3.取消条款如下：a.出发前45天及以上取消或更改日期，收取$100美金/人罚金；b.出发前30-44日取消或更改日期，收取售价30%的费用c.出发前23-29日取消或更改日期，收取售价50%的费用d.出发前22天内（含第22天）取消或更改日期，收取售价100%的费用【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；2.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。3.取消条款如下：a.出发前45天及以上取消或更改日期，收取$100美金/人罚金；b.出发前30-44日取消或更改日期，收取售价30%的费用c.出发前23-29日取消或更改日期，收取售价50%的费用d.出发前22天内（含第22天）取消或更改日期，收取售价100%的费用【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；2.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。3.取消条款如下：a.出发前45天及以上取消或更改日期，收取$100美金/人罚金；b.出发前30-44日取消或更改日期，收取售价30%的费用c.出发前23-29日取消或更改日期，收取售价50%的费用d.出发前22天内（含第22天）取消或更改日期，收取售价100%的费用【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还，报名团费不退还；2.游客因个人原因临时自愿放弃游览，酒店住宿、交通等费用均不退还。3.取消条款如下：a.出发前45天及以上取消或更改日期，收取$100美金/人罚金；b.出发前30-44日取消或更改日期，收取售价30%的费用c.出发前23-29日取消或更改日期，收取售价50%的费用d.出发前22天内（含第22天）取消或更改日期，收取售价100%的费用</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>