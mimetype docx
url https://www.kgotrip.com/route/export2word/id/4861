--- v0 (2025-10-13)
+++ v1 (2026-02-25)
@@ -840,83 +840,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.交通费用；2.住宿（房间以两张床为主，儿童，第三，第四人同房，不另加床。住宿晚数等于行程天数减一）；3.中英文服务人员（司机+导游/司兼导，乐园除外）；4.行程中所列主题乐园单日单园门票和特色一日游费用（奥兰多接送机/接送站当天所有项目均需自费），说明如下：a.所选乐园和一日游的天数，与行程描述相同；b.如选择【肯尼迪航天中心一日游】费用包含：当日行程涉及的交通费用+肯尼迪航天中心门票；c.如选择【墨西哥湾一日游】费用包含：当日行程涉及的交通费用+观海豚快船船票。5.酒店内早餐；6.奥兰多到迈阿密的&amp;ldquo;光亮线&amp;rdquo;高速列车Smart座位车票。</w:t>
+              <w:t xml:space="preserve">1.交通费用；2.住宿（房间以两张床为主，儿童，第三，第四人同房，不另加床。住宿晚数等于行程天数减一）；3.中英文服务人员（司机+导游/司兼导，乐园除外）；4.行程中所列主题乐园单日单园门票和特色一日游费用（奥兰多接送机/接送站当天所有项目均需自费），说明如下：a.所选乐园和一日游的天数，与行程描述相同；b.如选择【肯尼迪航天中心一日游】费用包含：当日行程涉及的交通费用+肯尼迪航天中心门票；c.如选择【墨西哥湾一日游】费用包含：当日行程涉及的交通费用+观海豚快船船票。5.酒店内早餐；6.奥兰多到迈阿密的“光亮线”高速列车Smart座位车票。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.午餐与晚餐；2.除费用包含的景点门票费用（门票价格时常波动，不再另行通知，门票需在导游处统一购买）；3.服务费：奥兰多接机、送机当天服务费US$6/人，参加奥兰多一日游或参加最后一日自选行程US$12/人/天。参加乐高主题乐园、乐高水上乐园，每组客人需缴纳$100的车费(1-4人)，每多一位客人加收$20/人，同时需另外支付服务费US$12/人/天。奥兰多观光时，如坐酒店免费穿梭巴士前往十三大园区无需服务费；如酒店没有免费穿梭巴士，需本公司接送US$6/人/天。如涉及到迈阿密到观光，迈阿密部分的行程服务费是US$12/人/天。4.奥兰多到迈阿密的&amp;ldquo;光亮线&amp;rdquo;高速列车可自费升级到Premium座位（座位数量有限，请尽早预订），升级费用为$80/人；5.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目：西锁岛经典游KeyWestNarratedTour(Mandatory)成人：$35.00老人（65+岁）：$35.00儿童（3-12岁）：$25.00包含：七英里桥、全美大陆最南端地标、外观海明威故居、美国1号公路起点0英里自费升级Premium座位PriceDifferenceofUpgradetoPremiumSeat每人：$80.00奥兰多夜游OrlandoNightTour成人：$35.00老人（65+）：$35.00儿童（9岁以下）：$25.00环球单日（单日单园）UniversalStudios1-DayBase成人：$117.00~$170.00儿童（3-9岁）：$111.00~$165.00环球影城/冒险岛乐园，具体每日门票价格请以环球影城官网为准。奥兰多海洋世界SeaWorldOrlando成人：$113.00老人(65+岁)：$113.00儿童(3-9岁)：$113.00海洋世界水上乐园AquaticaWaterPark成人：$95.00老人：$95.00儿童（3岁以上）：$95.00奥兰多之眼摩天轮TheWheelatICONPark成人：$30.00老人（65+岁）：$30.00儿童(3-9岁)：$25.00奥兰多水族馆或杜莎夫人蜡像馆MadameTussaudsOrlandoorSEALIFEOrlandoAquarium成人：$34.00老人（65+岁）：$34.00儿童（3-9岁）：$29.00海洋水族馆及杜莎夫人蜡像馆套票MadameTussaudsOrlandoandSEALIFEOrlando成人：$43.00老人（65+岁）：$43.00儿童（3-9岁）：$38.00鳄鱼王国Gatorland成人：$35.00老人（60+岁）：$35.00儿童（3-12岁）：$25.00奥兰多奥特莱斯OrlandoOutlet每人：$12包含$6交通费用和$6送机服务费。奥兰多直升飞机体验OrlandoHelicopterExperience每人：$30/人起迈阿密海湾游船MiamiBayCruise成人：$35.00老人（65+岁）：$35.00儿童（4-12岁）：$25.00大沼泽公园“草上飞”EvergladesAirboat成人：$41.00老人(65+岁)：$41.00儿童(6-11岁)：$31.00雄狮王国野生动物园LionCountrySafari成人：$56.00老人（65+岁）：$56.00儿童（3-9岁）：$43.00</w:t>
+              <w:t xml:space="preserve">1.午餐与晚餐；2.除费用包含的景点门票费用（门票价格时常波动，不再另行通知，门票需在导游处统一购买）；3.服务费：奥兰多接机、送机当天服务费US$6/人，参加奥兰多一日游或参加最后一日自选行程US$12/人/天。参加乐高主题乐园、乐高水上乐园，每组客人需缴纳$100的车费(1-4人)，每多一位客人加收$20/人，同时需另外支付服务费US$12/人/天。奥兰多观光时，如坐酒店免费穿梭巴士前往十三大园区无需服务费；如酒店没有免费穿梭巴士，需本公司接送US$6/人/天。如涉及到迈阿密到观光，迈阿密部分的行程服务费是US$12/人/天。4.奥兰多到迈阿密的“光亮线”高速列车可自费升级到Premium座位（座位数量有限，请尽早预订），升级费用为$80/人；5.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目：西锁岛经典游KeyWestNarratedTour(Mandatory)成人：$35.00老人（65+岁）：$35.00儿童（3-12岁）：$25.00包含：七英里桥、全美大陆最南端地标、外观海明威故居、美国1号公路起点0英里自费升级Premium座位PriceDifferenceofUpgradetoPremiumSeat每人：$80.00奥兰多夜游OrlandoNightTour成人：$35.00老人（65+）：$35.00儿童（9岁以下）：$25.00环球单日（单日单园）UniversalStudios1-DayBase成人：$117.00~$170.00儿童（3-9岁）：$111.00~$165.00环球影城/冒险岛乐园，具体每日门票价格请以环球影城官网为准。奥兰多海洋世界SeaWorldOrlando成人：$113.00老人(65+岁)：$113.00儿童(3-9岁)：$113.00海洋世界水上乐园AquaticaWaterPark成人：$95.00老人：$95.00儿童（3岁以上）：$95.00奥兰多之眼摩天轮TheWheelatICONPark成人：$30.00老人（65+岁）：$30.00儿童(3-9岁)：$25.00奥兰多水族馆或杜莎夫人蜡像馆MadameTussaudsOrlandoorSEALIFEOrlandoAquarium成人：$34.00老人（65+岁）：$34.00儿童（3-9岁）：$29.00海洋水族馆及杜莎夫人蜡像馆套票MadameTussaudsOrlandoandSEALIFEOrlando成人：$43.00老人（65+岁）：$43.00儿童（3-9岁）：$38.00鳄鱼王国Gatorland成人：$35.00老人（60+岁）：$35.00儿童（3-12岁）：$25.00奥兰多奥特莱斯OrlandoOutlet每人：$12包含$6交通费用和$6送机服务费。奥兰多直升飞机体验OrlandoHelicopterExperience每人：$30/人起迈阿密海湾游船MiamiBayCruise成人：$35.00老人（65+岁）：$35.00儿童（4-12岁）：$25.00大沼泽公园“草上飞”EvergladesAirboat成人：$41.00老人(65+岁)：$41.00儿童(6-11岁)：$31.00雄狮王国野生动物园LionCountrySafari成人：$56.00老人（65+岁）：$56.00儿童（3-9岁）：$43.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>