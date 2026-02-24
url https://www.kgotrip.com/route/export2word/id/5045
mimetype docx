--- v0 (2025-10-26)
+++ v1 (2026-02-24)
@@ -150,471 +150,216 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">迎着朝阳从温哥华出发，穿越美加边境，前往富有欧陆风味的德国村小镇，镇内大街小巷所有店铺、餐厅、酒店等建筑物都有浓郁的德国巴伐利亚传统色彩，您可自费品尝德国名菜咸猪肘，畅饮德国啤酒。随后抵达华盛顿州第二大城市斯波坎，夜宿斯波坎。行程安排：温哥华&amp;rarr;德国村（90分钟）&amp;rarr;斯波坎景点介绍：【德国村Leavenworth】德国村，位在西雅图东北部，约二个半小时车程的山区里，是处处洋溢着德国巴伐利亚风情的山间城镇，也是西雅图近郊最受欢迎的观光小镇，无论是庆祝活动最多的夏天、枫红点点的秋天，还是挂满耶诞灯饰的银白冬天，这里的气氛随时都充满着欢乐，深受游客的喜爱。游客来到德国村，可以逛逛村里共九十多家商店，商店里除了贩卖具代表性的德国工艺品，像是咕咕钟、胡桃钳娃娃，还有各式来自欧洲的精美工艺品，让人眼花缭乱。德国村里还有多家餐厅提供纯正的德式料理，像是闻名的德国猪脚大餐、德国香肠配黑啤酒等，都是游客来到德国村必吃的美食。若是也想跟村民一样尝试不同的装扮，村里也有变装写真棚，让游客挑战德国传统服饰，或是扮起开拓时代的牛仔或是风情万种的酒吧舞女。</w:t>
+              <w:t xml:space="preserve">清晨从斯波坎出发，我们将首先参观当地著名的特色小店&amp;mdash;&amp;mdash;&amp;ldquo;五万银元店&amp;rdquo;。继续北行前往黄石国家公园，参观罗斯福北拱门、猛犸温泉、上梯田。随后前往西黄石小镇。行程安排：斯波坎&amp;rarr;五万银元店（30分钟）&amp;rarr;黄石国家公园&amp;rarr;罗斯福北拱门&amp;rarr;猛犸温泉（30分钟）&amp;rarr;上梯田（30分钟）&amp;rarr;西黄石特殊说明：黄石国家公园具体游览景点与时间视实际情况而定。景点介绍：【五万银元店50,000SilverDollarCollectionBar】这个1951年开在10号公路上的小店，原来的顾客主要是穿着工人裤、兜揣银元的伐木工人；当初老板突发奇想，将1块银元挂在门上、下面标上自己的名字，不料竟引来工人们效彷，你挂一元、我钉一元，并纷纷留下自己的名字，结果越来越多，从一到百、再到千直至万；过往的游客也被这别出心裁的做法吸引，进店便钉一块银元在墻上、写上名字表示来过，于是小店的生意越来越好，五万银元店就这么产生了；1956年扩建到了90号公路上。现在店里的银元总数已经达到6万多个。也成为今天90号公路的游客必到特色景点之一。【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【黄石猛犸温泉YellowstoneMammothHotSprings】原来是好几个热泉从山坡上一节一节地流下来，山坡被泉水里的微生物染得五彩绚烂，形成一个五颜六色的大台阶。可是由于2002年的一次地壳变动，这里的大部分热泉都不再活动了，微生物死后变成灰白色的粉末，残留在干枯了的大台阶上，反射着耀眼的阳光，将这里变成一片肃刹的不毛之地。随着地壳变动，原来很活跃的地方有可能突然安静下来；原来籍籍无名的地方也可能会一鸣惊人的。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">清晨从斯波坎出发，我们将首先参观当地著名的特色小店&amp;mdash;&amp;mdash;&amp;ldquo;五万银元店&amp;rdquo;。继续北行前往黄石国家公园，参观罗斯福北拱门、猛犸温泉、上梯田。随后前往西黄石小镇。行程安排：斯波坎&amp;rarr;五万银元店（30分钟）&amp;rarr;黄石国家公园&amp;rarr;罗斯福北拱门&amp;rarr;猛犸温泉（30分钟）&amp;rarr;上梯田（30分钟）&amp;rarr;西黄石特殊说明：黄石国家公园具体游览景点与时间视实际情况而定。景点介绍：【五万银元店50,000SilverDollarCollectionBar】这个1951年开在10号公路上的小店，原来的顾客主要是穿着工人裤、兜揣银元的伐木工人；当初老板突发奇想，将1块银元挂在门上、下面标上自己的名字，不料竟引来工人们效彷，你挂一元、我钉一元，并纷纷留下自己的名字，结果越来越多，从一到百、再到千直至万；过往的游客也被这别出心裁的做法吸引，进店便钉一块银元在墻上、写上名字表示来过，于是小店的生意越来越好，五万银元店就这么产生了；1956年扩建到了90号公路上。现在店里的银元总数已经达到6万多个。也成为今天90号公路的游客必到特色景点之一。【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【黄石猛犸温泉YellowstoneMammothHotSprings】原来是好几个热泉从山坡上一节一节地流下来，山坡被泉水里的微生物染得五彩绚烂，形成一个五颜六色的大台阶。可是由于2002年的一次地壳变动，这里的大部分热泉都不再活动了，微生物死后变成灰白色的粉末，残留在干枯了的大台阶上，反射着耀眼的阳光，将这里变成一片肃刹的不毛之地。随着地壳变动，原来很活跃的地方有可能突然安静下来；原来籍籍无名的地方也可能会一鸣惊人的。</w:t>
+              <w:t xml:space="preserve">清晨我们将继续漫游黄石仙境。黄石公园是美国建立的第一个国家公园，以其丰富的野生动物种类和地热资源闻名。园内最大的湖泊是位于黄石火山中心的黄石湖，是整个北美地区最大的高海拔湖泊之一。世界闻名老忠实；浪漫迷人西拇指；七彩缤纷大棱镜热泉；五颜六色调色板，壮丽秀美演出者；雾气腾腾诺里斯；万马奔腾上瀑布；近距离观赏野生动物&amp;hellip;精彩一个个接踵而来！夜宿比特小镇。行程安排：黄石国家公园（8小时，黄石上瀑布、艺术家点、黄石公园调色板、老忠实间歇泉、喷泉步道、西拇指间歇泉盆地、黄石大棱镜温泉）&amp;rarr;比特特别说明：1.黄石国家公园东门预计将于05/02/2026开放，在此之前以下景点：上下瀑布、艺术家点、海登峡谷、泥火山、钓鱼桥、西拇指间歇泉均无法参观游览，敬请谅解。2.黄石国家公园南门预计将于05/10/2026开放，因此05/02/2026-05/09/2026期间西拇指间歇泉仍无法参观游览，敬请谅解。景点介绍：【黄石上瀑布UpperYellowstoneFalls】上瀑布位于较大的黄石大瀑布上游400米处。瀑布延着33米落差的火山峭壁垂直而下。瀑布下方原本凹凸的火山岩已被瀑布几百年的冲刷侵蚀的非常平滑。【艺术家点ArtistPoint】这里的景色特别壮观。峡谷深达三百多尺。峡谷的山壁以黄色为主，参杂着黑色，红色和粉红色，和一丛丛绿色的松树。这些颜色杂而不乱，看起来如开屏的孔雀尾巴，也像浪漫派画家在同一处地方点上了好几层色的点画法一样。【黄石公园调色板YellowstoneParkPaletteFountainPaintPot】调色板是泥浆喷泉，泥土及岩石内含矿物质，被酸性的热泉溶化后形成泥浆。因为泥水的粘性很高，还可以清楚看到气泡的缓慢形成与幻灭。喷泉周围的泥土看起来像是干了的油彩，导致喷泉本身看起来像是在煮一锅洗了油彩的水，就像画家的画板，洋溢五彩缤纷的调料。【老忠实间歇泉OldFaithfulGeyser】老忠实间歇泉因其始终如一的有规律地喷发而得名。目前大约每隔60至110分钟喷发一次，每次喷发持续四至五分钟，水柱高达40多米，蔚为壮观，而且从不间断。老忠实游客中心会提前摆出喷发时间表，可以先看好喷发时间，再放心去游览。【西拇指间歇泉盆地WestThumbGeyserBasin】西拇指间歇泉盆地，位于黄石湖边上，十五万年前因地壳陷落而形成，在热喷泉与湖水结合下，出现了一种烟雾弥漫的奇妙景观：烟雾缭绕处是热泉的蒸气，绿波盈盈处是黄石的湖水，与背景中蓝天白云相互辉映，形成与黄石其他温泉区不同的景观。此处相当于黄石湖的湖湾，许多间歇泉聚集此处，喷水口的颜色多种多样，有的呈透明绿色，有的呈好似水泥色般的暗暗的黑色。许许多多的喷水口呈现一种美丽的幻想。【黄石大棱镜温泉TheGrandPrismaticHotSpring】又称七彩池，是美国第一、世界第三大温泉，宽度75-91米，深达49米，每分钟会涌出大约2000升71度的热水。大棱镜温泉的令人惊叹之处在于湖面的颜色会随季节而改变。春天的时候湖面从翠绿色变为金灿灿的橙红色，这是由于富含矿物质的水体中生活着的藻类和含色素的细菌等微生物。盛夏时节，叶绿素含量相对较低，因此湖水呈现出绚烂的橙色、红色或黄色。但到了数九寒冬，由于缺乏光照，这些微生物就会产生更多的叶绿素来抑制类胡萝卜素的颜色，于是就看到水体呈现深邃的墨绿色。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">清晨从斯波坎出发，我们将首先参观当地著名的特色小店&amp;mdash;&amp;mdash;&amp;ldquo;五万银元店&amp;rdquo;。继续北行前往黄石国家公园，参观罗斯福北拱门、猛犸温泉、上梯田。随后前往西黄石小镇。行程安排：斯波坎&amp;rarr;五万银元店（30分钟）&amp;rarr;黄石国家公园&amp;rarr;罗斯福北拱门&amp;rarr;猛犸温泉（30分钟）&amp;rarr;上梯田（30分钟）&amp;rarr;西黄石特殊说明：黄石国家公园具体游览景点与时间视实际情况而定。景点介绍：【五万银元店50,000SilverDollarCollectionBar】这个1951年开在10号公路上的小店，原来的顾客主要是穿着工人裤、兜揣银元的伐木工人；当初老板突发奇想，将1块银元挂在门上、下面标上自己的名字，不料竟引来工人们效彷，你挂一元、我钉一元，并纷纷留下自己的名字，结果越来越多，从一到百、再到千直至万；过往的游客也被这别出心裁的做法吸引，进店便钉一块银元在墻上、写上名字表示来过，于是小店的生意越来越好，五万银元店就这么产生了；1956年扩建到了90号公路上。现在店里的银元总数已经达到6万多个。也成为今天90号公路的游客必到特色景点之一。【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【黄石猛犸温泉YellowstoneMammothHotSprings】原来是好几个热泉从山坡上一节一节地流下来，山坡被泉水里的微生物染得五彩绚烂，形成一个五颜六色的大台阶。可是由于2002年的一次地壳变动，这里的大部分热泉都不再活动了，微生物死后变成灰白色的粉末，残留在干枯了的大台阶上，反射着耀眼的阳光，将这里变成一片肃刹的不毛之地。随着地壳变动，原来很活跃的地方有可能突然安静下来；原来籍籍无名的地方也可能会一鸣惊人的。</w:t>
+              <w:t xml:space="preserve">清晨从比特出发，我们将前往山明水秀的哥特龄湖（又名多蓝湖），湖水湛蓝纯净，波光粼粼，您将看到不同风格的别墅散落在洁白的沙滩上，还可以乘坐观光游船欣赏美丽的湖光山色，更可一睹世界上唯一的湖中高尔夫球场。最后前往埃伦斯堡。行程安排：比特&amp;rarr;哥特龄湖游船（多蓝湖）（自费，150分钟，含午餐时间，午餐自理）&amp;rarr;埃伦斯堡景点介绍：【哥特龄湖（多蓝湖）Coeurd’Alene】哥特龄湖湖水湛蓝纯净，波光粼粼，因此别名多蓝湖。湖里有座1985年由船家构思而建，号称世界最长的行人浮桥。漫步于浮桥上，灿烂阳光，和煦微风，观蓝天碧水，湖光山色，十分惬意。更可一睹世上唯一的湖中高尔夫球场：球场大部分在湖边，只最后一洞在湖中微型小岛上，风景如画。您还可以搭乘湖上的观景船游览，周围美景净收眼底。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3</w:t>
+              <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">清晨我们将继续漫游黄石仙境。黄石公园是美国建立的第一个国家公园，以其丰富的野生动物种类和地热资源闻名。园内最大的湖泊是位于黄石火山中心的黄石湖，是整个北美地区最大的高海拔湖泊之一。世界闻名老忠实；浪漫迷人西拇指；七彩缤纷大棱镜热泉；五颜六色调色板，壮丽秀美演出者；雾气腾腾诺里斯；万马奔腾上瀑布；近距离观赏野生动物&amp;hellip;，精彩一个个接踵而来！夜宿比特小镇。行程安排：黄石国家公园（8小时，黄石上瀑布、艺术家点、黄石公园调色板、老忠实间歇泉、喷泉步道、牵牛花、西拇指间歇泉盆地、黄石大棱镜温泉）&amp;rarr;比特景点介绍：【黃石上瀑布UpperYellowstoneFalls】上瀑布位于较大的黄石大瀑布上游400米处。瀑布延着33米落差的火山峭壁垂直而下。瀑布下方原本凹凸的火山岩已被瀑布几百年的冲刷侵蚀的非常平滑。【艺术家点ArtistPoint】这里的景色特别壮观。峡谷深达三百多尺。峡谷的山壁以黄色为主，参杂着黑色，红色和粉红色，和一丛丛绿色的松树。这些颜色杂而不乱，看起来如开屏的孔雀尾巴，也像浪漫派画家在同一处地方点上了好几层色的点画法一样。【黄石公园调色板FountainPaintPot】调色板是泥浆喷泉，泥土及岩石内含矿物质，被酸性的热泉溶化后形成泥浆。因为泥水的粘性很高，还可以清楚看到气泡的缓慢形成与幻灭。喷泉周围的泥土看起来像是干了的油彩，导致喷泉本身看起来像是在煮一锅洗了油彩的水，就像画家的画板，洋溢五彩缤纷的调料。【老忠实间歇泉OldFaithfulGeyser】老忠实间歇泉因其始终如一的有规律地喷发而得名。目前大约每隔60至110分钟喷发一次，每次喷发持续四至五分钟，水柱高达40多米，蔚为壮观，而且从不间断。老忠实游客中心会提前摆出喷发时间表，可以先看好喷发时间，再放心去游览。【西拇指间歇泉盆地WestThumbGeyserBasin】西拇指间歇泉盆地，位于黄石湖边上，十五万年前因地壳陷落而形成，在热喷泉与湖水结合下，出现了一种烟雾弥漫的奇妙景观：烟雾缭绕处是热泉的蒸气，绿波盈盈处是黄石的湖水，与背景中蓝天白云相互辉映，形成与黄石其他温泉区不同的景观。此处相当于黄石湖的湖湾，许多间歇泉聚集此处，喷水口的颜色多种多样，有的呈透明绿色，有的呈好似水泥色般的暗暗的黑色。许许多多的喷水口呈现一种美丽的幻想。【黄石大棱镜温泉TheGrandPrismaticHotSpring】又称七彩池，是美国第一、世界第三大温泉，宽度75-91米，深达49米，每分钟会涌出大约2000升71度的热水。大棱镜温泉的令人惊叹之处在于湖面的颜色会随季节而改变。春天的时候湖面从翠绿色变为金灿灿的橙红色，这是由于富含矿物质的水体中生活着的藻类和含色素的细菌等微生物。盛夏时节，叶绿素含量相对较低，因此湖水呈现出绚烂的橙色、红色或黄色。但到了数九寒冬，由于缺乏光照，这些微生物就会产生更多的叶绿素来抑制类胡萝卜素的颜色，于是就看到水体呈现深邃的墨绿色。</w:t>
-[...254 lines deleted...]
-              <w:t xml:space="preserve">早上从埃伦斯堡出发，前往埃弗里特，这个安静低调的小城藏着让全世界Funko迷尖叫的情景商店。店内有很多主题，包括哈利波特、冰雪奇缘、漫威系列等等，还有很多限量款玩偶。除了可以买到心爱的潮娃，还可以和1:1真人大小的Funko公仔合照留念，想象力丰富的你还可以DIY一个独一无二的专属公仔带回家！稍后来到购物天堂西雅图奥特莱斯店，这里的商品种类齐全，从精致皮革到家用器皿，从名牌服装到特色商品应有尽有，优质的服务一定让您的购物体验更上一层楼！或者您还可以选择到赌场碰碰运气。之后在免税店稍作停留选购商品，满载而归后返回温哥华，结束愉快的行程。行程安排：埃伦斯堡&amp;rarr;西雅图&amp;rarr;Funko总部店（40分钟）&amp;rarr;西雅图奥特莱斯（120分钟）&amp;rarr;免税店（30分钟）&amp;rarr;温哥华景点介绍：【Funko总部店FunkoEverett】FUNKO是一家以经营流行文化创意玩具为主的公司，2010年FUNKO首次推出POP！系列搪胶收藏玩偶，产品独特的创意和时尚的造型，不仅得到了世界各地搪胶收藏爱好者的热烈追捧，还受到了众多明星的喜爱和收藏。短短数年POP！迅速发展成为美国本土收藏玩偶市场的明星品牌，并获得了包括漫威、DC、迪斯尼、皮克斯、派拉蒙等超过百余家知名公司的授权，电影动画球星等授权形象已有上千种。【西雅图奥特莱斯SeattlePremiumOutlets】西雅图最大的奥特莱斯，超过130个商铺，奢侈品品牌有Burberry、Prada、Armani等，有很多受欢迎的二线品牌，如Coach，MichaelKors，HugoBoss，KateSpade等品牌，以及一些年轻人喜欢的品牌，包括Swarovski，CalvinKlein，Forever21等。</w:t>
+              <w:t xml:space="preserve">早上从埃伦斯堡出发，前往购物天堂西雅图奥特莱斯店，这里的商品种类齐全，从精致皮革到家用器皿，从名牌服装到特色商品应有尽有，优质的服务一定让您的购物体验更上一层楼！或者您还可以选择到赌场碰碰运气。之后在免税店稍作停留选购商品，满载而归后返回温哥华，结束愉快的行程。行程安排：埃伦斯堡&amp;rarr;西雅图&amp;rarr;西雅图奥特莱斯（120分钟）&amp;rarr;免税店（30分钟）&amp;rarr;温哥华景点介绍：【西雅图奥特莱斯SeattlePremiumOutlets】西雅图最大的奥特莱斯，超过130个商铺，奢侈品品牌有Burberry、Prada、Armani等，有很多受欢迎的二线品牌，如Coach，MichaelKors，HugoBoss，KateSpade等品牌，以及一些年轻人喜欢的品牌，包括Swarovski，CalvinKlein，Forever21等。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -668,83 +413,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.行程中的午餐、晚餐及部分早餐；2.往返出发地的交通费用；3.服务费：每人每天$12，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述YV5座位加收费用YV5SeatSurcharge每人：USD$75.00/CAD$100.00限大巴前三排10个座位。加币价格已含联邦服务税5%GST。YV5必付项目YV5MandatoryFee每人：USD$42.00/CAD$55.00包含黄石国家公园门票。加币价格不含联邦服务税5%GST。哥特龄湖游船(多蓝湖)LakeCoeurd’AleneCruise成人：USD$30.25/CAD$41.00老人（65岁以上）：USD$28.25/CAD$38.00儿童（6-17岁）：USD$22.25/CAD$30.00加币价格已含联邦服务税5%GST</w:t>
+              <w:t xml:space="preserve">1.行程中的午餐、晚餐及部分早餐；2.往返出发地的交通费用；3.服务费：USD$15/人/天或CAD$20/人/天，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述YV5必付项目YV5MandatoryFee每人：USD$42.00/CAD$55.00包含黄石国家公园门票。YV5必付费用：非美国居民国家公园附加费YV5MandatoryFee:Non-residenceSurcharge每人：USD$100.00/CAD$140.00如您为美国居民或持有Non-ResidentAnnualPass，可豁免本项必付费用，请于预订时主动申明相关身份或证件信息，以便工作人员核实处理。哥特龄湖游船(多蓝湖)LakeCoeurd’AleneCruise成人：USD$30.75/CAD$42.00老人（65岁以上）：USD$28.75/CAD$39.00儿童（6-17岁）：USD$22.75/CAD$31.00YV5座位加收费用YV5SeatSurcharge每人：USD$75.00/CAD$100.00限大巴前三排10个座位。加币价格已含联邦服务税5%GST。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.如您持有美国或加拿大护照：必须携带有效的美国或加拿大护照。2.如您持有美国永久居民证件：必须携带有效护照及美国永久居民证件（绿卡）。确保您的美国永久居民证件在有效期内，幷随身携带。3.如您未持有以上的证件：请提前根据美国海关和边境保护局（CBP）的指示准备相应的旅行签证。详情请浏览：https://www.cbp.gov*特別提示：1）如果您持有的美国观光签证在过期护照上，但签证本身仍有效，请携带新的有效护照和旧护照一同旅行，幷使用有效签证进行美国旅行。2）自2016年11月29日起，所有持中国护照且持有最长有效期（十年）B1/B2、B1和B2签证的个人，赴美旅行前必须完成有效的EVUS登记。未完成EVUS登记的旅客将无法获得登机牌或通过陆路口岸入境，详情请浏览：https://www.evus.gov</w:t>
+              <w:t xml:space="preserve">1.如您持有美国或加拿大护照：必须携带有效的美国或加拿大护照。2.如您持有美国永久居民证件：必须携带有效护照及美国永久居民证件（绿卡）。确保您的美国永久居民证件在有效期内，幷随身携带。3.如您未持有以上的证件：请提前根据美国海关和边境保护局（CBP）的指示准备相应的旅行签证。详情请浏览：https://www.cbp.gov*特別提示：1）如果您持有的美国观光签证在过期护照上，但签证本身仍有效，请携带新的有效护照和旧护照一同旅行，幷使用有效签证进行美国旅行。2）自2016年11月29日起，所有持中国护照且持有最长有效期（十年）B1/B2、B1和B2签证的个人，赴美旅行前必须完成有效的EVUS登记。未完成EVUS登记的旅客将无法获得登机牌或通过陆路口岸入境，详情请浏览：https://www.evus.gov【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%出发前31日及以上0备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>