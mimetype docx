--- v0 (2025-10-29)
+++ v1 (2026-03-14)
@@ -150,420 +150,165 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上从西雅图出发，沿90号公路东行。我们将首先前往位于爱达荷州西北部的哥特龄湖（又名多蓝湖），您将看到不同风格的别墅散落在洁白的沙滩上，还可以乘坐观光游船欣赏美丽的湖光山色，更可一睹世界上唯一的湖中高尔夫球场。随后驱车前往蒙大拿州的密苏拉市，参观当地著名的特色小店&amp;mdash;&amp;mdash;&amp;ldquo;五万银元店&amp;rdquo;。夜宿密苏拉。行程安排：西雅图&amp;rarr;哥特龄湖游船（多蓝湖）（自费，90分钟）&amp;rarr;五万银元店（60分钟）&amp;rarr;密苏拉景点介绍：【哥特龄湖（多蓝湖）Coeurd’Alene】哥特龄湖湖水湛蓝纯净，波光粼粼，因此别名多蓝湖。湖里有座1985年由船家构思而建，号称世界最长的行人浮桥。漫步于浮桥上，灿烂阳光，和煦微风，观蓝天碧水，湖光山色，十分惬意。更可一睹世上唯一的湖中高尔夫球场：球场大部分在湖边，只最后一洞在湖中微型小岛上，风景如画。您还可以搭乘湖上的观景船游览，周围美景净收眼底。【五万银元店50,000SilverDollarCollectionBar】这个1951年开在10号公路上的小店，原来的顾客主要是穿着工人裤、兜揣银元的伐木工人；当初老板突发奇想，将1块银元挂在门上、下面标上自己的名字，不料竟引来工人们效彷，你挂一元、我钉一元，并纷纷留下自己的名字，结果越来越多，从一到百、再到千直至万；过往的游客也被这别出心裁的做法吸引，进店便钉一块银元在墻上、写上名字表示来过，于是小店的生意越来越好，五万银元店就这么产生了；1956年扩建到了90号公路上。现在店里的银元总数已经达到6万多个。也成为今天90号公路的游客必到特色景点之一。</w:t>
+              <w:t xml:space="preserve">黄石国家公园在1978年被列入世界自然遗产名录。这是世界上第一个最大的国家公园，主要位于怀俄明州，部分位于蒙大拿州和爱达荷州。黄石国家公园被美国人自豪地称为&amp;ldquo;地球上最独一无二的神奇乐园&amp;rdquo;。晚上入住西黄石酒店。行程安排：密苏拉&amp;rarr;黄石国家公园（必付项目，5小时）&amp;rarr;西黄石特别说明：黄石公园参观：调色板（30分钟）、喷泉步道（60分钟）、牵牛花热泉（15分钟）、老忠实间歇泉（参观时长根据喷泉喷发时间而定）、大棱镜温泉（60分钟）等景点，具体游览情况请以导游实际安排为准。景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【老忠实间歇泉OldFaithfulGeyser】老忠实间歇泉因其始终如一的有规律地喷发而得名。目前大约每隔60至110分钟喷发一次，每次喷发持续四至五分钟，水柱高达40多米，蔚为壮观，而且从不间断。老忠实游客中心会提前摆出喷发时间表，可以先看好喷发时间，再放心去游览。【黄石大棱镜温泉TheGrandPrismaticHotSpring】又称七彩池，是美国第一、世界第三大温泉，宽度75-91米，深达49米，每分钟会涌出大约2000升71度的热水。大棱镜温泉的令人惊叹之处在于湖面的颜色会随季节而改变。春天的时候湖面从翠绿色变为金灿灿的橙红色，这是由于富含矿物质的水体中生活着的藻类和含色素的细菌等微生物。盛夏时节，叶绿素含量相对较低，因此湖水呈现出绚烂的橙色、红色或黄色。但到了数九寒冬，由于缺乏光照，这些微生物就会产生更多的叶绿素来抑制类胡萝卜素的颜色，于是就看到水体呈现深邃的墨绿色。【泥火山MudVolcanoArea】位于黄石公园东部黄石湖北部不远。这里的喷泉喷出的大都不是水，而是泥浆，每次喷发时地动山摇。在泥火山旁，长满色彩艳丽的草，这些草看上去柔嫩至极、绚丽非凡。【诺里斯间歇泉盆地YellowstoneNorrisGeyserBasin】诺里斯间歇泉盆地是黄石公园里最热、最不稳定的一系列间歇泉。它长期蛰伏，很久才喷发一次（上次喷发为2008年），曾创造了喷发高度380英尺的记录。此区的间歇泉颜色也颇为丰富，有清澈见底的蓝绿色，也有柔和的像牛奶一样的蓝白色。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">黄石国家公园在1978年被列入世界自然遗产名录。这是世界上第一个最大的国家公园，主要位于怀俄明州，部分位于蒙大拿州和爱达荷州。黄石国家公园被美国人自豪地称为&amp;ldquo;地球上最独一无二的神奇乐园&amp;rdquo;。晚上入住西黄石酒店。行程安排：密苏拉&amp;rarr;黄石国家公园（必付项目，5小时）&amp;rarr;西黄石特别说明：黄石公园参观：调色板（30分钟）、喷泉步道（60分钟）、牵牛花热泉（15分钟）、老忠实间歇泉（参观时长根据喷泉喷发时间而定）、大棱镜温泉（60分钟）等景点，具体游览情况请以导游实际安排为准。景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【老忠实间歇泉OldFaithfulGeyser】老忠实间歇泉因其始终如一的有规律地喷发而得名。目前大约每隔60至110分钟喷发一次，每次喷发持续四至五分钟，水柱高达40多米，蔚为壮观，而且从不间断。老忠实游客中心会提前摆出喷发时间表，可以先看好喷发时间，再放心去游览。【黄石大棱镜温泉TheGrandPrismaticHotSpring】又称七彩池，是美国第一、世界第三大温泉，宽度75-91米，深达49米，每分钟会涌出大约2000升71度的热水。大棱镜温泉的令人惊叹之处在于湖面的颜色会随季节而改变。春天的时候湖面从翠绿色变为金灿灿的橙红色，这是由于富含矿物质的水体中生活着的藻类和含色素的细菌等微生物。盛夏时节，叶绿素含量相对较低，因此湖水呈现出绚烂的橙色、红色或黄色。但到了数九寒冬，由于缺乏光照，这些微生物就会产生更多的叶绿素来抑制类胡萝卜素的颜色，于是就看到水体呈现深邃的墨绿色。【泥火山MudVolcanoArea】位于黄石公园东部黄石湖北部不远。这里的喷泉喷出的大都不是水，而是泥浆，每次喷发时地动山摇。在泥火山旁，长满色彩艳丽的草，这些草看上去柔嫩至极、绚丽非凡。【诺里斯间歇泉盆地YellowstoneNorrisGeyserBasin】诺里斯间歇泉盆地是黄石公园里最热、最不稳定的一系列间歇泉。它长期蛰伏，很久才喷发一次（上次喷发为2008年），曾创造了喷发高度380英尺的记录。此区的间歇泉颜色也颇为丰富，有清澈见底的蓝绿色，也有柔和的像牛奶一样的蓝白色。</w:t>
+              <w:t xml:space="preserve">今天，我们将前往著名的牛仔小镇杰克逊，小镇附近有一个很辽阔的麋鹿保护区，镇上最惹眼的就是中心的鹿角公园，由7500只真正的鹿角搭建而成，蔚为壮观。之后我们会抵达位于美国怀俄明州西北部的大提顿国家公园。大提顿峰标高4199公尺，是提顿山脉的最高峰，有存留至今的冰川。最后我们将继续游览黄石国家公园，游览结束后返回西黄石酒店。行程安排：西黄石&amp;rarr;杰克逊&amp;rarr;鹿角公园（30分钟）&amp;rarr;大提顿国家公园（必付项目，120分钟）&amp;rarr;黄石国家公园（3小时）&amp;rarr;西黄石特别说明：1.黄石国家公园参观：艺术家点（30分钟）、上瀑布（30分钟）、海登山谷（15分钟）、泥火山（30分钟）、钓鱼桥（20分钟）、西拇指喷泉盆地（45分钟）等景点，具体游览情况请以导游实际安排为准。2.黄石国家公园东门预计将于05/02/2026开放，在此之前以下景点：上下瀑布、艺术家点、海登峡谷、泥火山、钓鱼桥、西拇指间歇泉均无法参观游览，敬请谅解。3.黄石国家公园南门预计将于05/10/2026开放，因此05/02/2026-05/09/2026期间西拇指间歇泉仍无法参观游览，敬请谅解。景点介绍：【鹿角公园JacksonTownSquarewithElkAntlerArches】公园不大，在东西南北四个方向有用鹿角搭建成的巨型拱门。鹿角全是尖货，不过这些鹿角可不是捕杀所得，是每年冬天大批的麋鹿从山里来到杰克逊的&amp;ldquo;国家麋鹿保护区&amp;rdquo;过冬，春天鹿角自然脱落再更新，麋鹿走后，遍地留下无数的珍品。【大提顿国家公园GrandTetonNationalPark】大提顿国家公园于1929年2月26日成立。大提顿国家公园内拥有长度达300公里的步道。园内并有以杰克森湖与珍妮湖为首的众多湖泊。大提顿国家公园的大部分区域均位于洛矶山脉内，自然景观十分壮美。此外，大提顿国家公园还拥有极为丰富的生物资源，包括了美洲野牛、灰熊、黑熊、驼鹿等等。【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【艺术家点ArtistPoint】这里的景色特别壮观。峡谷深达三百多尺。峡谷的山壁以黄色为主，参杂着黑色，红色和粉红色，和一丛丛绿色的松树。这些颜色杂而不乱，看起来如开屏的孔雀尾巴，也像浪漫派画家在同一处地方点上了好几层色的点画法一样。【海登山谷HaydenValley】海登山谷位于黄石火山口边缘，是一片开阔的草原，地热活动相对较少。由于有河流经过，水草丰茂，因此是黄石公园里野生动物比较多的地区之一，主要的动物有野牛，麋鹿，黑熊、棕熊和土狼等。黄石河常常看得到野鸭、鹈鹕等飞禽。公路边有观景点，常常有许多游客架著望远镜观看动物。【泥火山MudVolcanoArea】位于黄石公园东部黄石湖北部不远。这里的喷泉喷出的大都不是水，而是泥浆，每次喷发时地动山摇。在泥火山旁，长满色彩艳丽的草，这些草看上去柔嫩至极、绚丽非凡。【西拇指间歇泉盆地WestThumbGeyserBasin】西拇指间歇泉盆地，位于黄石湖边上，十五万年前因地壳陷落而形成，在热喷泉与湖水结合下，出现了一种烟雾弥漫的奇妙景观：烟雾缭绕处是热泉的蒸气，绿波盈盈处是黄石的湖水，与背景中蓝天白云相互辉映，形成与黄石其他温泉区不同的景观。此处相当于黄石湖的湖湾，许多间歇泉聚集此处，喷水口的颜色多种多样，有的呈透明绿色，有的呈好似水泥色般的暗暗的黑色。许许多多的喷水口呈现一种美丽的幻想。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">黄石国家公园在1978年被列入世界自然遗产名录。这是世界上第一个最大的国家公园，主要位于怀俄明州，部分位于蒙大拿州和爱达荷州。黄石国家公园被美国人自豪地称为&amp;ldquo;地球上最独一无二的神奇乐园&amp;rdquo;。晚上入住西黄石酒店。行程安排：密苏拉&amp;rarr;黄石国家公园（必付项目，5小时）&amp;rarr;西黄石特别说明：黄石公园参观：调色板（30分钟）、喷泉步道（60分钟）、牵牛花热泉（15分钟）、老忠实间歇泉（参观时长根据喷泉喷发时间而定）、大棱镜温泉（60分钟）等景点，具体游览情况请以导游实际安排为准。景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【老忠实间歇泉OldFaithfulGeyser】老忠实间歇泉因其始终如一的有规律地喷发而得名。目前大约每隔60至110分钟喷发一次，每次喷发持续四至五分钟，水柱高达40多米，蔚为壮观，而且从不间断。老忠实游客中心会提前摆出喷发时间表，可以先看好喷发时间，再放心去游览。【黄石大棱镜温泉TheGrandPrismaticHotSpring】又称七彩池，是美国第一、世界第三大温泉，宽度75-91米，深达49米，每分钟会涌出大约2000升71度的热水。大棱镜温泉的令人惊叹之处在于湖面的颜色会随季节而改变。春天的时候湖面从翠绿色变为金灿灿的橙红色，这是由于富含矿物质的水体中生活着的藻类和含色素的细菌等微生物。盛夏时节，叶绿素含量相对较低，因此湖水呈现出绚烂的橙色、红色或黄色。但到了数九寒冬，由于缺乏光照，这些微生物就会产生更多的叶绿素来抑制类胡萝卜素的颜色，于是就看到水体呈现深邃的墨绿色。【泥火山MudVolcanoArea】位于黄石公园东部黄石湖北部不远。这里的喷泉喷出的大都不是水，而是泥浆，每次喷发时地动山摇。在泥火山旁，长满色彩艳丽的草，这些草看上去柔嫩至极、绚丽非凡。【诺里斯间歇泉盆地YellowstoneNorrisGeyserBasin】诺里斯间歇泉盆地是黄石公园里最热、最不稳定的一系列间歇泉。它长期蛰伏，很久才喷发一次（上次喷发为2008年），曾创造了喷发高度380英尺的记录。此区的间歇泉颜色也颇为丰富，有清澈见底的蓝绿色，也有柔和的像牛奶一样的蓝白色。</w:t>
-[...151 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">今天我们将再次返回黄石公园探索大自然的奇迹，我们将会参观：诺里斯间歇泉盆地。这是黄石公园里最热最不稳定的一系列间歇泉，此区的间歇泉颜色也颇为丰富，有清澈见底的蓝绿色，也有柔和的像牛奶一样的蓝白色，由于它的不稳定性，每年都有新的喷泉产生。游览完黄石国家公园后，将驱车返回密苏拉入住。行程安排：西黄石&amp;rarr;黄石国家公园（5小时）&amp;rarr;密苏拉特別说明：黄石公园参观：诺里斯间歇泉盆地（45分钟）、上梯田（30分钟）、猛犸热泉（30分钟）、罗斯福拱门（15分钟）等景点，具体游览情况请以导游实际安排为准。景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【诺里斯间歇泉盆地YellowstoneNorrisGeyserBasin】诺里斯间歇泉盆地是黄石公园里最热、最不稳定的一系列间歇泉。它长期蛰伏，很久才喷发一次（上次喷发为2008年），曾创造了喷发高度380英尺的记录。此区的间歇泉颜色也颇为丰富，有清澈见底的蓝绿色，也有柔和的像牛奶一样的蓝白色。</w:t>
-            </w:r>
-[...100 lines deleted...]
-              <w:t xml:space="preserve">迎着明媚的朝阳，我们将告别密苏拉前往斯波坎。斯波坎是美国华盛顿州第二大旅游中心，于1974年曾举办过世博会，是世博会有史以来最小的举办城市。这也是历史上首次以环境为主题的世博会，世界环境日始自斯波坎始。打卡斯波坎的必去之地&amp;mdash;&amp;mdash;曼尼托花园，享受小瀑布、玫瑰园和咖啡馆创造的惬意情调。游览结束后返回西雅图/温哥华。行程安排：密苏拉&amp;rarr;斯波坎&amp;rarr;曼尼托花园（30分钟）&amp;rarr;西雅图/温哥华景点介绍：【曼尼托花园ManitoPark】曼尼托花园是斯波坎的必去之地，位于华盛顿州美丽的斯波坎南山附近。公园占地90英亩，园内有五个花园、一个温室和鸭池，每年有超过150,000名游客参观。公园里不仅有小瀑布、玫瑰园、温室，还有日本花园、步道和小咖啡馆，非常值得来玩。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -668,83 +413,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.行程中的午餐、晚餐及部分早餐；2.往返出发地的交通费用；3.服务费：每人每天$12，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述SYG必付费用SYGMandatoryFee每人：$110.00包含：黄石国家公园、大提顿国家公园、ResortFee哥特龄湖游船(多蓝湖)LakeCoeurd’AleneCruise成人：USD$30.25/CAD$41.00老人（65岁以上）：USD$28.25/CAD$38.00儿童（6-17岁）：USD$22.25/CAD$30.00加币价格已含联邦服务税5%GST</w:t>
+              <w:t xml:space="preserve">1.行程中的午餐、晚餐及部分早餐；2.往返出发地的交通费用；3.服务费：每人每天$15，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述SYG必付费用SYGMandatoryFee每人：USD$110.00/CAD$155.00包含：黄石国家公园、大提顿国家公园、ResortFee哥特龄湖游船(多蓝湖)LakeCoeurd’AleneCruise成人：USD$30.75/CAD$42.00老人（65岁以上）：USD$28.75/CAD$39.00儿童（6-17岁）：USD$22.75/CAD$31.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">如您选择在温哥华离团，我司可提供付费送站服务（费用：$50/人），温哥华离团点如下：1.素里CampbellRiverGasStation；790176St,Surrey,BCV3S9S6,Canada；2.本拿比：丽晶广场汇丰银行门口(Kingsway&amp;amp;Willingdon)；2829-4500Kingsway,Burnaby,BCV5H2A9,Canada；3.温哥华西(onCambieSt&amp;amp;42ndAve.)；5812CambieSt.Scotiabank；4.列治文：河石度假酒店门口巴士等候站；8811RiverRd,Richmond,BCV6X3P8,Canada。</w:t>
+              <w:t xml:space="preserve">自2026年1月1日起，美国境内11个国家公园将对非美国居民实施入园额外收费政策（请点击蓝色字体查看）。进入以上国家公园时，园区工作人员可能会现场核验游客身份，请美国居民务必随身携带有效身份证明，如美国护照、驾照或绿卡等，以便现场查验。如您选择在温哥华离团，我司可提供付费送站服务（费用：$50/人），温哥华离团点如下：1.素里CampbellRiverGasStation；790176St,Surrey,BCV3S9S6,Canada；2.本拿比：丽晶广场（Kingsway&amp;amp;Willingdon）；2829-4500Kingsway,Burnaby,BCV5H2A9,Canada；3.温哥华西(onCambieSt&amp;amp;48thAve.)；Langara-49thAvenueStation；4.列治文：河石度假酒店门口巴士等候站；8811RiverRd,Richmond,BCV6X3P8,Canada。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>