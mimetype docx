--- v0 (2025-10-14)
+++ v1 (2026-02-25)
@@ -150,624 +150,267 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上我们将从洛杉矶出发，前往圣乔治。漫长路程中我们并不会寂寞，沿路我们将穿过圣伯纳丁诺森林，穿过北美最大的莫哈维沙漠，穿过星星点点的乔舒亚树，下午到达沙漠中的享乐天堂拉斯维加斯。稍作休息后我们继续前进，将在傍晚到达圣乔治。行程安排：洛杉矶&amp;rarr;拉斯维加斯&amp;rarr;圣乔治</w:t>
+              <w:t xml:space="preserve">今天我们将前往下羚羊彩穴。途径葛兰峡谷，这里孕育着全美第二大人工湖-包伟湖（车游），它有96个峡谷环绕，仿佛是另一个坐落在湖上的大峡谷。下羚羊彩穴是世界十大著名摄影地点，我们将随着纳瓦霍印第安向导一探他们的保护区。当斑驳的红砂岩经过自然束光折射幻化出艳丽的色彩，流光溢彩，一定可以为自己的旅程拍出难忘的照片。随后前往国家地理杂志评选出的美国十大最佳摄影地点之一的马蹄湾。行程安排：圣乔治&amp;rarr;葛兰峡谷（途经，车游包伟湖）&amp;rarr;下羚羊彩穴（自费，90分钟）&amp;rarr;马蹄湾（必付项目，60分钟）&amp;rarr;盐湖城景点介绍：【下羚羊彩穴LowerAntelopeCanyon】下羚羊彩穴位于美国亚利桑纳州北方，是柔软的砂岩经过百万年的各种侵蚀力所形成。季风季节里常出现暴洪流入峡谷中，由于突然暴增的雨量，造成暴洪的流速相当快，加上狭窄通道将河道缩小，因此垂直侵蚀力也相对变大，形成了下羚羊彩穴底部的走廊，以及谷壁上坚硬光滑、如同流水般的边缘。下羚羊彩穴中没有任何人工照明，所有可见的光线均来自于峡谷顶部的裂缝，这些光线经过岩石纹理的反复折射进入谷底，产生出梦幻般不规则的色彩变化，这些色彩由深至浅，七彩斑斓，美轮美奂。景点介绍：【马蹄湾HorseshoeBend】马蹄湾&amp;ndash;国家地理杂志评选出的美国十大最佳摄影地点之一！科罗拉多河床上密布的水草使得河水在阳光下呈现出荧光般的幽绿，河流于此在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾由此得名。站在峭壁边，沉醉于碧水蓝天红岩钩织出的动人心魄的美。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将前往下羚羊彩穴。途径葛兰峡谷，这里孕育着全美第二大人工湖-包伟湖（车游），它有96个峡谷环绕，仿佛是另一个坐落在湖上的大峡谷。下羚羊彩穴是世界十大著名摄影地点，我们将随着纳瓦霍印第安向导一探他们的保护区。当斑驳的红砂岩经过自然束光折射幻化出艳丽的色彩，流光溢彩，一定可以为自己的旅程拍出难忘的照片。随后前往国家地理杂志评选出的美国十大最佳摄影地点之一的马蹄湾。行程安排：圣乔治&amp;rarr;葛兰峡谷（途经，车游包伟湖）&amp;rarr;下羚羊彩穴（自费，90分钟）&amp;rarr;马蹄湾（60分钟）&amp;rarr;盐湖城景点介绍：【下羚羊彩穴LowerAntelopeCanyon】下羚羊彩穴位于美国亚利桑纳州北方，是柔软的砂岩经过百万年的各种侵蚀力所形成。季风季节里常出现暴洪流入峡谷中，由于突然暴增的雨量，造成暴洪的流速相当快，加上狭窄通道将河道缩小，因此垂直侵蚀力也相对变大，形成了下羚羊彩穴底部的走廊，以及谷壁上坚硬光滑、如同流水般的边缘。下羚羊彩穴中没有任何人工照明，所有可见的光线均来自于峡谷顶部的裂缝，这些光线经过岩石纹理的反复折射进入谷底，产生出梦幻般不规则的色彩变化，这些色彩由深至浅，七彩斑斓，美轮美奂。【马蹄湾HorseshoeBend】马蹄湾&amp;ndash;国家地理杂志评选出的美国十大最佳摄影地点之一！科罗拉多河床上密布的水草使得河水在阳光下呈现出荧光般的幽绿，河流于此在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾由此得名。站在峭壁边，沉醉于碧水蓝天红岩钩织出的动人心魄的美。</w:t>
+              <w:t xml:space="preserve">今天我们将前往地道的西部牛仔小镇-杰克逊，这里也是世界闻名的度假圣地，千万不要错过市中心的鹿角公园。下午进入大提顿国家公园，万年不化的冰河覆盖在巍峨的大提顿山脉上，宛如仙境。最后抵达世界第一个国家公园&amp;mdash;黄石国家公园。浪漫迷人的黄石湖，蒸汽腾腾的各种地热现像不禁让人感叹造物的神奇。行程安排：盐湖城&amp;rarr;杰克逊&amp;rarr;鹿角公园（60分钟）&amp;rarr;大提顿国家公园（必付项目，60分钟）&amp;rarr;黄石国家公园（必付项目，3小时，游览西拇指、老忠实、大棱镜、调色板、小饼干盆地等景点，根据当天实际情况导游会有所调整，请以实际安排为准）&amp;rarr;西黄石特别说明：1.黄石国家公园东门预计将于05/02/2026开放，在此之前以下景点：上下瀑布、艺术家点、海登峡谷、泥火山、钓鱼桥、西拇指间歇泉均无法参观游览，敬请谅解。2.黄石国家公园南门预计将于05/10/2026开放，因此05/02/2026-05/09/2026期间西拇指间歇泉仍无法参观游览，敬请谅解。景点介绍：【鹿角公园JacksonTownSquarewithElkAntlerArches】公园不大，在东西南北四个方向有用鹿角搭建成的巨型拱门。鹿角全是尖货，不过这些鹿角可不是捕杀所得，是每年冬天大批的麋鹿从山里来到杰克逊的&amp;ldquo;国家麋鹿保护区&amp;rdquo;过冬，春天鹿角自然脱落再更新，麋鹿走后，遍地留下无数的珍品。景点介绍：【大提顿国家公园GrandTetonNationalPark】大提顿国家公园于1929年2月26日成立。大提顿国家公园内拥有长度达300公里的步道。园内并有以杰克森湖与珍妮湖为首的众多湖泊。大提顿国家公园的大部分区域均位于洛矶山脉内，自然景观十分壮美。此外，大提顿国家公园还拥有极为丰富的生物资源，包括了美洲野牛、灰熊、黑熊、驼鹿等等。景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【西拇指间歇泉盆地WestThumbGeyserBasin】西拇指间歇泉盆地，位于黄石湖边上，十五万年前因地壳陷落而形成，在热喷泉与湖水结合下，出现了一种烟雾弥漫的奇妙景观：烟雾缭绕处是热泉的蒸气，绿波盈盈处是黄石的湖水，与背景中蓝天白云相互辉映，形成与黄石其他温泉区不同的景观。此处相当于黄石湖的湖湾，许多间歇泉聚集此处，喷水口的颜色多种多样，有的呈透明绿色，有的呈好似水泥色般的暗暗的黑色。许许多多的喷水口呈现一种美丽的幻想。【老忠实间歇泉OldFaithfulGeyser】老忠实间歇泉因其始终如一的有规律地喷发而得名。目前大约每隔60至110分钟喷发一次，每次喷发持续四至五分钟，水柱高达40多米，蔚为壮观，而且从不间断。老忠实游客中心会提前摆出喷发时间表，可以先看好喷发时间，再放心去游览。【黄石大棱镜温泉TheGrandPrismaticHotSpring】又称七彩池，是美国第一、世界第三大温泉，宽度75-91米，深达49米，每分钟会涌出大约2000升71度的热水。大棱镜温泉的令人惊叹之处在于湖面的颜色会随季节而改变。春天的时候湖面从翠绿色变为金灿灿的橙红色，这是由于富含矿物质的水体中生活着的藻类和含色素的细菌等微生物。盛夏时节，叶绿素含量相对较低，因此湖水呈现出绚烂的橙色、红色或黄色。但到了数九寒冬，由于缺乏光照，这些微生物就会产生更多的叶绿素来抑制类胡萝卜素的颜色，于是就看到水体呈现深邃的墨绿色。【黄石公园调色板YellowstoneParkPaletteFountainPaintPot】调色板是泥浆喷泉，泥土及岩石内含矿物质，被酸性的热泉溶化后形成泥浆。因为泥水的粘性很高，还可以清楚看到气泡的缓慢形成与幻灭。喷泉周围的泥土看起来像是干了的油彩，导致喷泉本身看起来像是在煮一锅洗了油彩的水，就像画家的画板，洋溢五彩缤纷的调料。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将前往下羚羊彩穴。途径葛兰峡谷，这里孕育着全美第二大人工湖-包伟湖（车游），它有96个峡谷环绕，仿佛是另一个坐落在湖上的大峡谷。下羚羊彩穴是世界十大著名摄影地点，我们将随着纳瓦霍印第安向导一探他们的保护区。当斑驳的红砂岩经过自然束光折射幻化出艳丽的色彩，流光溢彩，一定可以为自己的旅程拍出难忘的照片。随后前往国家地理杂志评选出的美国十大最佳摄影地点之一的马蹄湾。行程安排：圣乔治&amp;rarr;葛兰峡谷（途经，车游包伟湖）&amp;rarr;下羚羊彩穴（自费，90分钟）&amp;rarr;马蹄湾（必付项目，60分钟）&amp;rarr;盐湖城景点介绍：【下羚羊彩穴LowerAntelopeCanyon】下羚羊彩穴位于美国亚利桑纳州北方，是柔软的砂岩经过百万年的各种侵蚀力所形成。季风季节里常出现暴洪流入峡谷中，由于突然暴增的雨量，造成暴洪的流速相当快，加上狭窄通道将河道缩小，因此垂直侵蚀力也相对变大，形成了下羚羊彩穴底部的走廊，以及谷壁上坚硬光滑、如同流水般的边缘。下羚羊彩穴中没有任何人工照明，所有可见的光线均来自于峡谷顶部的裂缝，这些光线经过岩石纹理的反复折射进入谷底，产生出梦幻般不规则的色彩变化，这些色彩由深至浅，七彩斑斓，美轮美奂。【马蹄湾HorseshoeBend】马蹄湾&amp;ndash;国家地理杂志评选出的美国十大最佳摄影地点之一！科罗拉多河床上密布的水草使得河水在阳光下呈现出荧光般的幽绿，河流于此在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾由此得名。站在峭壁边，沉醉于碧水蓝天红岩钩织出的动人心魄的美。</w:t>
+              <w:t xml:space="preserve">早晨前往世界上第一座国家公园-黄石公园，我们将有一整天的时间感叹黄石的奇特与美妙。大自然的馈赠在这里展现的淋漓尽致，坐落在最大的超级活火山口上，黄石拥有超过10000个地热现象，200多个瀑布，独特的生态环境孕育了北美最好的巨群野生动物栖息地。下午翻越北美大陆屋脊-洛基山脉，沿途景色美不胜收！夜宿吉莱特。行程安排：西黄石&amp;rarr;黄石国家公园（4小时，停留诺里斯间歇泉、上瀑布、艺术家点等景点，途經海登山谷、泥火山、钓鱼桥，根据当天实际情况导游会有所调整）&amp;rarr;吉莱特特别说明：1.黄石国家公园东门预计将于05/02/2026开放，在此之前以下景点：上下瀑布、艺术家点、海登峡谷、泥火山、钓鱼桥、西拇指间歇泉均无法参观游览，敬请谅解。2.黄石国家公园南门预计将于05/10/2026开放，因此05/02/2026-05/09/2026期间西拇指间歇泉仍无法参观游览，敬请谅解。景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【诺里斯间歇泉盆地YellowstoneNorrisGeyserBasin】诺里斯间歇泉盆地是黄石公园里最热、最不稳定的一系列间歇泉。它长期蛰伏，很久才喷发一次（上次喷发为2008年），曾创造了喷发高度380英尺的记录。此区的间歇泉颜色也颇为丰富，有清澈见底的蓝绿色，也有柔和的像牛奶一样的蓝白色。【黄石上瀑布UpperYellowstoneFalls】上瀑布位于较大的黄石大瀑布上游400米处。瀑布延着33米落差的火山峭壁垂直而下。瀑布下方原本凹凸的火山岩已被瀑布几百年的冲刷侵蚀的非常平滑。【艺术家点ArtistPoint】这里的景色特别壮观。峡谷深达三百多尺。峡谷的山壁以黄色为主，参杂着黑色，红色和粉红色，和一丛丛绿色的松树。这些颜色杂而不乱，看起来如开屏的孔雀尾巴，也像浪漫派画家在同一处地方点上了好几层色的点画法一样。【泥火山MudVolcanoArea】位于黄石公园东部黄石湖北部不远。这里的喷泉喷出的大都不是水，而是泥浆，每次喷发时地动山摇。在泥火山旁，长满色彩艳丽的草，这些草看上去柔嫩至极、绚丽非凡。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3</w:t>
+              <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将前往地道的西部牛仔小镇-杰克逊，这里也是世界闻名的度假圣地，千万不要错过市中心的鹿角公园。下午进入大提顿国家公园，万年不化的冰河覆盖在巍峨的大提顿山脉上，宛如仙境。最后抵达世界第一个国家公园&amp;mdash;黄石国家公园。浪漫迷人的黄石湖，蒸汽腾腾的各种地热现像不禁让人感叹造物的神奇。行程安排：盐湖城&amp;rarr;杰克逊&amp;rarr;鹿角公园（60分钟）&amp;rarr;大提顿国家公园（60分钟）&amp;rarr;黄石国家公园（3小时，游览西拇指、老忠实、大棱镜、调色板等景点，根据当天实际情况导游会有所调整，请以实际安排为准）&amp;rarr;西黄石景点介绍：【鹿角公园ElkAntlerArchesPark】公园不大，在东西南北四个方向有用鹿角搭建成的巨型拱门。鹿角全是尖货，不过这些鹿角可不是捕杀所得，是每年冬天大批的麋鹿从山里来到杰克逊的&amp;ldquo;国家麋鹿保护区&amp;rdquo;过冬，春天鹿角自然脱落再更新，麋鹿走后，遍地留下无数的珍品。景点介绍：【大提顿国家公园GrandTetonNationalPark】大提顿国家公园于1929年2月26日成立。大提顿国家公园内拥有长度达300公里的步道。园内并有以杰克森湖与珍妮湖为首的众多湖泊。大提顿国家公园的大部分区域均位于洛矶山脉内，自然景观十分壮美。此外，大提顿国家公园还拥有极为丰富的生物资源，包括了美洲野牛、灰熊、黑熊、驼鹿等等。【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【西拇指间歇泉盆地WestThumbGeyserBasin】西拇指间歇泉盆地，位于黄石湖边上，十五万年前因地壳陷落而形成，在热喷泉与湖水结合下，出现了一种烟雾弥漫的奇妙景观：烟雾缭绕处是热泉的蒸气，绿波盈盈处是黄石的湖水，与背景中蓝天白云相互辉映，形成与黄石其他温泉区不同的景观。此处相当于黄石湖的湖湾，许多间歇泉聚集此处，喷水口的颜色多种多样，有的呈透明绿色，有的呈好似水泥色般的暗暗的黑色。许许多多的喷水口呈现一种美丽的幻想。【老忠实间歇泉OldFaithfulGeyser】老忠实间歇泉因其始终如一的有规律地喷发而得名。目前大约每隔60至110分钟喷发一次，每次喷发持续四至五分钟，水柱高达40多米，蔚为壮观，而且从不间断。老忠实游客中心会提前摆出喷发时间表，可以先看好喷发时间，再放心去游览。【黄石大棱镜温泉TheGrandPrismaticHotSpring】又称七彩池，是美国第一、世界第三大温泉，宽度75-91米，深达49米，每分钟会涌出大约2000升71度的热水。大棱镜温泉的令人惊叹之处在于湖面的颜色会随季节而改变。春天的时候湖面从翠绿色变为金灿灿的橙红色，这是由于富含矿物质的水体中生活着的藻类和含色素的细菌等微生物。盛夏时节，叶绿素含量相对较低，因此湖水呈现出绚烂的橙色、红色或黄色。但到了数九寒冬，由于缺乏光照，这些微生物就会产生更多的叶绿素来抑制类胡萝卜素的颜色，于是就看到水体呈现深邃的墨绿色。【黄石公园调色板FountainPaintPot】调色板是泥浆喷泉，泥土及岩石内含矿物质，被酸性的热泉溶化后形成泥浆。因为泥水的粘性很高，还可以清楚看到气泡的缓慢形成与幻灭。喷泉周围的泥土看起来像是干了的油彩，导致喷泉本身看起来像是在煮一锅洗了油彩的水，就像画家的画板，洋溢五彩缤纷的调料。</w:t>
+              <w:t xml:space="preserve">今天出发前往世界第一个国家纪念碑&amp;mdash;魔鬼峰！印第安人称之为&amp;ldquo;熊的居所&amp;rdquo;，魔鬼峰拔地而起超过1200英呎，无比壮观，每年引得无数游客和攀岩爱好者慕名而来。随后前往美国最著名的标志&amp;ndash;总统山！鬼斧神工的雕刻技术，将美国国父华盛顿、独立宣言起草人杰斐逊、和平使者罗斯福、黑人之父林肯雕刻在雄伟的山峰上，留下了不朽的杰作。之后抵达印第安民族英雄馆-疯马巨石，此巨石是全球最大雕像，为纪念印第安人为自主而战的印第安民族英雄。行程安排：吉莱特&amp;rarr;魔鬼峰（必付项目，90分钟）&amp;rarr;总统山（必付项目，90分钟）&amp;rarr;疯马巨石（必付项目，45分钟）&amp;rarr;卡斯伯景点介绍：【魔鬼塔Devil'sTower】魔鬼塔被视为当地美国原住民的圣地。远看让人不由得起敬畏之心，近看让人不禁为大自然的巧夺天空惊叹！巨大的火山岩柱令从古到今的地质学家匪夷所思，具体形成原因至今没有定论。我们将沿着环塔步道,近距离欣赏这矗立在峡谷间诡异的巨大石柱，途中您将有机会看到来自世界各地的攀岩好手，在此挑战魔鬼塔。景点介绍：【总统巨石MountRushmoreNationalMemorial】总统巨石位于南达科他州著名的黑森林区域(BlackHill)，此区域以高耸的石山及采矿历史著名。总统山于1925年完工，雕刻有美国四大总统，包括乔治・华盛顿，汤玛士・杰克逊，西奥多・罗斯福和亚伯拉罕・林肯的雕像，工程浩大。我们将沿着树荫林密的环山步道，从不同的角度欣赏总统山，缅怀美国史上这四位伟大的总统。景点介绍：【疯马巨石CrazyHorseMonument】疯马山是为了纪念印第安的民族英雄、苏族的一位年轻的酋长疯马(CRAZYHORSE)而名。这座向西的山以传说中的CRAZYHORSE的样子雕刻成世界最大的雕像。绕着青山秀水的黑山而上，疯马山上，疯马英俊的头颅向西凝望着，神情刚毅。这座纪念碑的传奇之处在于建造这个项目的雕塑家以自己举家之力去投入这份事业的可贵精神，更在于印第安人坚持不懈维护弘扬自身文化的决心。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3</w:t>
+              <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将前往地道的西部牛仔小镇-杰克逊，这里也是世界闻名的度假圣地，千万不要错过市中心的鹿角公园。下午进入大提顿国家公园，万年不化的冰河覆盖在巍峨的大提顿山脉上，宛如仙境。最后抵达世界第一个国家公园&amp;mdash;黄石国家公园。浪漫迷人的黄石湖，蒸汽腾腾的各种地热现像不禁让人感叹造物的神奇。行程安排：盐湖城&amp;rarr;杰克逊&amp;rarr;鹿角公园（60分钟）&amp;rarr;大提顿国家公园（必付项目，60分钟）&amp;rarr;黄石国家公园（必付项目，3小时，游览西拇指、老忠实、大棱镜、调色板、小饼干盆地等景点，根据当天实际情况导游会有所调整，请以实际安排为准）&amp;rarr;西黄石特别说明：1.黄石国家公园东门预计将于05/02/2025开放，在此之前以下景点：上下瀑布、艺术家点、海登峡谷、泥火山、钓鱼桥、西拇指间歇泉均无法参观游览，敬请谅解。2.黄石国家公园南门预计将于05/10/2025开放，因此05/02/2025-05/09/2025期间西拇指间歇泉仍无法参观游览，敬请谅解。景点介绍：【鹿角公园JacksonTownSquarewithElkAntlerArches】公园不大，在东西南北四个方向有用鹿角搭建成的巨型拱门。鹿角全是尖货，不过这些鹿角可不是捕杀所得，是每年冬天大批的麋鹿从山里来到杰克逊的&amp;ldquo;国家麋鹿保护区&amp;rdquo;过冬，春天鹿角自然脱落再更新，麋鹿走后，遍地留下无数的珍品。景点介绍：【大提顿国家公园GrandTetonNationalPark】大提顿国家公园于1929年2月26日成立。大提顿国家公园内拥有长度达300公里的步道。园内并有以杰克森湖与珍妮湖为首的众多湖泊。大提顿国家公园的大部分区域均位于洛矶山脉内，自然景观十分壮美。此外，大提顿国家公园还拥有极为丰富的生物资源，包括了美洲野牛、灰熊、黑熊、驼鹿等等。【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【西拇指间歇泉盆地WestThumbGeyserBasin】西拇指间歇泉盆地，位于黄石湖边上，十五万年前因地壳陷落而形成，在热喷泉与湖水结合下，出现了一种烟雾弥漫的奇妙景观：烟雾缭绕处是热泉的蒸气，绿波盈盈处是黄石的湖水，与背景中蓝天白云相互辉映，形成与黄石其他温泉区不同的景观。此处相当于黄石湖的湖湾，许多间歇泉聚集此处，喷水口的颜色多种多样，有的呈透明绿色，有的呈好似水泥色般的暗暗的黑色。许许多多的喷水口呈现一种美丽的幻想。【老忠实间歇泉OldFaithfulGeyser】老忠实间歇泉因其始终如一的有规律地喷发而得名。目前大约每隔60至110分钟喷发一次，每次喷发持续四至五分钟，水柱高达40多米，蔚为壮观，而且从不间断。老忠实游客中心会提前摆出喷发时间表，可以先看好喷发时间，再放心去游览。【黄石大棱镜温泉TheGrandPrismaticHotSpring】又称七彩池，是美国第一、世界第三大温泉，宽度75-91米，深达49米，每分钟会涌出大约2000升71度的热水。大棱镜温泉的令人惊叹之处在于湖面的颜色会随季节而改变。春天的时候湖面从翠绿色变为金灿灿的橙红色，这是由于富含矿物质的水体中生活着的藻类和含色素的细菌等微生物。盛夏时节，叶绿素含量相对较低，因此湖水呈现出绚烂的橙色、红色或黄色。但到了数九寒冬，由于缺乏光照，这些微生物就会产生更多的叶绿素来抑制类胡萝卜素的颜色，于是就看到水体呈现深邃的墨绿色。【黄石公园调色板FountainPaintPot】调色板是泥浆喷泉，泥土及岩石内含矿物质，被酸性的热泉溶化后形成泥浆。因为泥水的粘性很高，还可以清楚看到气泡的缓慢形成与幻灭。喷泉周围的泥土看起来像是干了的油彩，导致喷泉本身看起来像是在煮一锅洗了油彩的水，就像画家的画板，洋溢五彩缤纷的调料。</w:t>
-[...253 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">早晨出发，前往独立岩，此石为早期美国拓荒开垦西部时期的最著名地标，了解艰辛的西部迁移历史。下午抵达犹他州州府所在地&amp;mdash;&amp;mdash;盐湖城。参观州政府山庄，前往摩门教的圣地&amp;mdash;圣殿广场。行程安排：卡斯伯&amp;rarr;独立岩（60分钟）&amp;rarr;盐湖城&amp;rarr;犹他州议会大厦（30分钟）&amp;rarr;圣殿广场（45分钟）景点介绍：【犹他州议会大厦UtahStateCapitol】犹他州政府议会大厦坐落于盐湖城，整个建筑的规模和形制可与华盛顿的国会山庄相媲美。州政府大楼顶部是拜占庭式的圆顶，在太阳光的照耀下光彩夺目绚丽辉煌。大厦内部更加富丽堂皇，精雕细琢。墙壁是光洁的大理石，天花板绘有精美的壁画，无数雕工精细的人物塑像伫立其中，栩栩如生。另外由于犹他州别名&amp;ldquo;蜂房州&amp;rdquo;，大厦门前的显眼处便摆了一座蜂房的雕塑，是来到此处的游客不可不合影的景点之一。【圣殿广场TempleSquare】犹他州盐湖城是全球摩门教的大本营，是犹他州盐湖城市中心一组属于耶稣基督后期圣徒教会（摩门教）总部的建筑群，包括盐湖城圣殿、盐湖城大礼拜堂、盐湖城聚会堂、海鸥纪念碑和两个游客中心，占地10英亩。</w:t>
-            </w:r>
-[...100 lines deleted...]
-              <w:t xml:space="preserve">今天我们将前往西半球最大的咸水湖&amp;mdash;&amp;mdash;大盐湖，欣赏湖畔美景。大盐湖是世界第二大咸水湖，也是北美洲最大的内陆盐湖，它位于美国犹他州西部，东边是落基山脉，西边是沙漠，由10座岛屿组成。行程结束，导游将安排您乘坐轻轨、酒店班车或Uber前往机场，建议预定12:00以后起飞的航班。行程安排：盐湖城&amp;rarr;大盐湖（30分钟）&amp;rarr;盐湖城国际机场(SLC)景点介绍：【大盐湖GreatSaltLake】大盐湖是世界第二大咸水湖，也是北美洲最大的内陆盐湖，它位于美国犹他州西部，东边是落基山脉，西边是沙漠，由10座岛屿组成。同时它也是野生动物保护区，每年吸引了数百万的候鸟。这里湖水的含盐量高达25%，仅次于死海，湖中只有一些可耐高度盐性的藻类可以生存。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -872,83 +515,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.行程中的午餐、晚餐及部分早餐；2.往返出发地的交通费用；3.服务费：每人每天$12，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述7天黄石团座位加收费用每人：$90.00限黄石团大巴前三排10个座位MB必付费用MBMandatory每人：$180.00包含：黄石国家公园、大提顿国家公园、马蹄湾、大盐湖、总统巨石、疯马巨石、魔鬼峰、燃油费下羚羊彩穴LowerAntelopeCanyon成人（3岁及以上）：$98.00儿童（3岁以下）：$20.00包含当地接送及向导服务费</w:t>
+              <w:t xml:space="preserve">1.行程中的午餐、晚餐及部分早餐；2.往返出发地的交通费用；3.服务费：每人每天$15，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述MB7B必付费用MB7BMandatoryFee每人：$180.00包含：黄石国家公园、大提顿国家公园、马蹄湾、大盐湖、总统巨石、疯马巨石、魔鬼峰下羚羊彩穴LowerAntelopeCanyon01/01/2026前：成人（4岁及以上）：$98.0001/01/2026起：成人（4岁及以上）：$105.00儿童（0-3岁）：$20.00包含当地接送及向导服务费</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%出发前31日及以上0备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。</w:t>
+              <w:t xml:space="preserve">自2026年1月1日起，美国境内11个国家公园将对非美国居民实施入园额外收费政策（请点击蓝色字体查看）。进入以上国家公园时，园区工作人员可能会现场核验游客身份，请美国居民务必随身携带有效身份证明，如美国护照、驾照或绿卡等，以便现场查验。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>