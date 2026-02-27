--- v0 (2025-10-31)
+++ v1 (2026-02-27)
@@ -111,714 +111,357 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上从旧金山湾区出发，前往美国最富有的&amp;ldquo;黄金之州&amp;rdquo;加州首府所在地&amp;mdash;&amp;mdash;萨克拉门托，参观加州议会大厦，宏伟的立柱和时尚的穹顶，犹如美国的国会大厦！傍晚来到著名的度假圣地太浩湖，宿内华达州第二大赌城，规模仅次于拉斯韦加斯的雷诺。客人们既可以在舒适的房间小憩，也可以下赌场小试手气。行程安排：旧金山&amp;rarr;萨克拉门托&amp;rarr;加州议会大厦（30分钟）&amp;rarr;太浩湖（30分钟）&amp;rarr;雷诺景点介绍：【太浩湖LakeTahoe】太浩湖是北美最大的高山湖泊，全美第二深的湖泊。湖水蔚蓝清澈，映照着旁边的山峦，有着独特绝美的自然风光，宛若神秘仙境。在它周围坐落着许多滑雪场，一年四季都吸引着众多游客。</w:t>
+              <w:t xml:space="preserve">早上从旧金山湾区出发，前往美国最富有的&amp;ldquo;黄金之州&amp;rdquo;加州首府所在地&amp;mdash;&amp;mdash;萨克拉门托，参观加州议会大厦，宏伟的立柱和时尚的穹顶，犹如美国的国会大厦！傍晚来到著名的度假圣地太浩湖，宿内华达州第二大赌城，规模仅次于拉斯韦加斯的雷诺。客人们既可以在舒适的房间小憩，也可以下赌场小试手气。行程安排：旧金山&amp;rarr;萨克拉门托&amp;rarr;加州议会大厦（30分钟）&amp;rarr;太浩湖（30分钟）&amp;rarr;雷诺景点介绍：【加州议会大厦CaliforniaStateCapitolMuseum】这座1869年建成的州议会大厦拥有宏伟的柱子和时尚的圆顶，看上去就像是华盛顿哥伦比亚特区美国国会大厦的缩小版。景点介绍：【太浩湖LakeTahoe】太浩湖是北美最大的高山湖泊，全美第二深的湖泊。湖水蔚蓝清澈，映照着旁边的山峦，有着独特绝美的自然风光，宛若神秘仙境。在它周围坐落着许多滑雪场，一年四季都吸引着众多游客。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上从旧金山湾区出发，前往美国最富有的&amp;ldquo;黄金之州&amp;rdquo;加州首府所在地&amp;mdash;&amp;mdash;萨克拉门托，参观加州议会大厦，宏伟的立柱和时尚的穹顶，犹如美国的国会大厦！傍晚来到著名的度假圣地太浩湖，宿内华达州第二大赌城，规模仅次于拉斯韦加斯的雷诺。客人们既可以在舒适的房间小憩，也可以下赌场小试手气。行程安排：旧金山&amp;rarr;萨克拉门托&amp;rarr;加州议会大厦（30分钟）&amp;rarr;太浩湖（30分钟）&amp;rarr;雷诺景点介绍：【太浩湖LakeTahoe】太浩湖是北美最大的高山湖泊，全美第二深的湖泊。湖水蔚蓝清澈，映照着旁边的山峦，有着独特绝美的自然风光，宛若神秘仙境。在它周围坐落着许多滑雪场，一年四季都吸引着众多游客。</w:t>
+              <w:t xml:space="preserve">今天我们迎着初升的朝阳整装出发。沿途穿越浩瀚无边的沙漠盆地，山地丘陵；感受美国大西部的丰富地貌和迷人的田园风光。午餐后，我们将抵达皮瑞尼铁桥，随后前往蛇河峡谷，参观肖松尼瀑布。行程安排：雷诺&amp;rarr;皮瑞尼铁桥（30分钟）&amp;rarr;肖松尼瀑布（必付项目，30分钟）&amp;rarr;波卡特洛景点介绍：【皮瑞尼铁桥PerrineMemorialBridge】皮瑞尼铁桥横跨蛇河峡谷两岸，非常骨感而苗条，桥宽458米，高148米，是世界高空跳伞和高空弹跳运动的著名场地。【肖松尼瀑布ShoshoneFalls】肖松尼瀑布位于蛇河上游，肖松尼瀑布落差60米，丰水期宽250米，是美西最大的瀑布，号称美西的尼亚加拉。瀑布一侧设立观景台，可以领略瀑布雄姿。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们迎着初升的朝阳整装出发。沿途穿越浩瀚无边的沙漠盆地，山地丘陵；感受美国大西部的丰富地貌和迷人的田园风光。午餐后，我们将抵达皮瑞尼铁桥，随后前往蛇河峡谷，参观肖松尼瀑布。行程安排：雷诺&amp;rarr;皮瑞尼铁桥（30分钟）&amp;rarr;肖松尼瀑布（必付项目，30分钟）&amp;rarr;波卡特洛景点介绍：【皮瑞尼铁桥PerrineMemorialBridge】皮瑞尼铁桥横跨蛇河峡谷两岸，非常骨感而苗条，桥宽458米，高148米，是世界高空跳伞和高空弹跳运动的著名场地。【肖松尼瀑布ShoshoneFalls】肖松尼瀑布位于蛇河上游，肖松尼瀑布落差60米，丰水期宽250米，是美西最大的瀑布，号称美西的尼亚加拉。瀑布一侧设立观景台，可以领略瀑布雄姿。</w:t>
+              <w:t xml:space="preserve">早晨开始我们今天愉快的旅程。沿途无边的草原丘陵；漫山遍野的牛羊；高耸入云的雪山；徜徉不息的河流无不令人心旷神怡。进入黄石国家公园-世界第一个国家公园，原始的大草原森林与绚烂多彩的热泉编织出古老黄石火山高原动人心魄的图画！行程安排：黄石国家公园深度游（必付项目，8小时，停留诺里斯间歇泉盆地、上瀑布、艺术家点、峡谷村、海登山谷、泥火山、钓鱼桥、老忠实间歇泉、大棱镜热泉、调色板、牵牛花等景点，景点安排会根据当天实际情况有所调整）特别说明：1.黄石国家公园东门预计将于05/02/2026开放，在此之前以下景点：上下瀑布、艺术家点、海登峡谷、泥火山、钓鱼桥、西拇指间歇泉均无法参观游览，敬请谅解；2.黄石国家公园南门预计将于05/10/2026开放，因此05/02/2026-05/09/2026期间西拇指间歇泉仍无法参观游览，敬请谅解。景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【诺里斯间歇泉盆地YellowstoneNorrisGeyserBasin】诺里斯间歇泉盆地是黄石公园里最热、最不稳定的一系列间歇泉。它长期蛰伏，很久才喷发一次（上次喷发为2008年），曾创造了喷发高度380英尺的记录。此区的间歇泉颜色也颇为丰富，有清澈见底的蓝绿色，也有柔和的像牛奶一样的蓝白色。【黄石上瀑布UpperYellowstoneFalls】上瀑布位于较大的黄石大瀑布上游400米处。瀑布延着33米落差的火山峭壁垂直而下。瀑布下方原本凹凸的火山岩已被瀑布几百年的冲刷侵蚀的非常平滑。【艺术家点ArtistPoint】这里的景色特别壮观。峡谷深达三百多尺。峡谷的山壁以黄色为主，参杂着黑色，红色和粉红色，和一丛丛绿色的松树。这些颜色杂而不乱，看起来如开屏的孔雀尾巴，也像浪漫派画家在同一处地方点上了好几层色的点画法一样。【泥火山MudVolcanoArea】位于黄石公园东部黄石湖北部不远。这里的喷泉喷出的大都不是水，而是泥浆，每次喷发时地动山摇。在泥火山旁，长满色彩艳丽的草，这些草看上去柔嫩至极、绚丽非凡。【老忠实间歇泉OldFaithfulGeyser】老忠实间歇泉因其始终如一的有规律地喷发而得名。目前大约每隔60至110分钟喷发一次，每次喷发持续四至五分钟，水柱高达40多米，蔚为壮观，而且从不间断。老忠实游客中心会提前摆出喷发时间表，可以先看好喷发时间，再放心去游览。【黄石大棱镜温泉TheGrandPrismaticHotSpring】又称七彩池，是美国第一、世界第三大温泉，宽度75-91米，深达49米，每分钟会涌出大约2000升71度的热水。大棱镜温泉的令人惊叹之处在于湖面的颜色会随季节而改变。春天的时候湖面从翠绿色变为金灿灿的橙红色，这是由于富含矿物质的水体中生活着的藻类和含色素的细菌等微生物。盛夏时节，叶绿素含量相对较低，因此湖水呈现出绚烂的橙色、红色或黄色。但到了数九寒冬，由于缺乏光照，这些微生物就会产生更多的叶绿素来抑制类胡萝卜素的颜色，于是就看到水体呈现深邃的墨绿色。【黄石公园调色板YellowstoneParkPaletteFountainPaintPot】调色板是泥浆喷泉，泥土及岩石内含矿物质，被酸性的热泉溶化后形成泥浆。因为泥水的粘性很高，还可以清楚看到气泡的缓慢形成与幻灭。喷泉周围的泥土看起来像是干了的油彩，导致喷泉本身看起来像是在煮一锅洗了油彩的水，就像画家的画板，洋溢五彩缤纷的调料。行程当天酒店入住日期行程当天酒店参考信息周五、周六安排入住西黄石湖景木屋TerraNova或同级酒店。周二、周三05/19/2026-09/23/2026期间周二、周三入住的日期提前31天预定将有机会免费升级一晚黄石公园内景区木屋，数量有限，先到先得，送完即止。如木屋酒店售罄，将安排入住西黄石酒店：WhiteBuffaloWestYellowstone，YellowstoneCountryInn，Dude&amp;amp;Roundup，TravelersLodge或同等级酒店。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们迎着初升的朝阳整装出发。沿途穿越浩瀚无边的沙漠盆地，山地丘陵；感受美国大西部的丰富地貌和迷人的田园风光。午餐后，我们将抵达皮瑞尼铁桥，随后前往蛇河峡谷，参观肖松尼瀑布。行程安排：雷诺&amp;rarr;皮瑞尼铁桥（30分钟）&amp;rarr;肖松尼瀑布（必付项目，30分钟）&amp;rarr;波卡特洛景点介绍：【皮瑞尼铁桥PerrineMemorialBridge】皮瑞尼铁桥横跨蛇河峡谷两岸，非常骨感而苗条，桥宽458米，高148米，是世界高空跳伞和高空弹跳运动的著名场地。【肖松尼瀑布ShoshoneFalls】肖松尼瀑布位于蛇河上游，肖松尼瀑布落差60米，丰水期宽250米，是美西最大的瀑布，号称美西的尼亚加拉。瀑布一侧设立观景台，可以领略瀑布雄姿。</w:t>
+              <w:t xml:space="preserve">早上在酒店整装出发，当您还沉醉于昨天精彩行程带给您的惊喜而依依不舍时，今天我们将继续去感受大黄石生态圈的秀美。随后进入大提顿国家公园，万年不化的冰河覆盖在巍峨的大提顿山脉上，宛如仙境。随后来到地道的西部牛仔小镇-杰克逊，这里也是世界闻名的度假圣地，千万不要错过市中心的鹿角公园。下午抵达美国中西部第一大城&amp;ndash;盐湖城，参观摩门教的圣地&amp;mdash;圣殿广场。行程安排：黄石国家公园（40分钟，停留西拇指间歇泉等）&amp;rarr;大提顿国家公园（必付项目，60分钟）&amp;rarr;杰克逊&amp;rarr;鹿角公园（60分钟）&amp;rarr;盐湖城&amp;rarr;圣殿广场（30分钟）&amp;rarr;酒店特别说明：1.黄石国家公园东门预计将于05/02/2026开放，在此之前以下景点：上下瀑布、艺术家点、海登峡谷、泥火山、钓鱼桥、西拇指间歇泉均无法参观游览，敬请谅解；2.黄石国家公园南门预计将于05/10/2026开放，因此05/02/2026-05/09/2026期间西拇指间歇泉仍无法参观游览，敬请谅解。景点介绍：【西拇指间歇泉盆地WestThumbGeyserBasin】西拇指间歇泉盆地，位于黄石湖边上，十五万年前因地壳陷落而形成，在热喷泉与湖水结合下，出现了一种烟雾弥漫的奇妙景观：烟雾缭绕处是热泉的蒸气，绿波盈盈处是黄石的湖水，与背景中蓝天白云相互辉映，形成与黄石其他温泉区不同的景观。此处相当于黄石湖的湖湾，许多间歇泉聚集此处，喷水口的颜色多种多样，有的呈透明绿色，有的呈好似水泥色般的暗暗的黑色。许许多多的喷水口呈现一种美丽的幻想。景点介绍：【大提顿国家公园GrandTetonNationalPark】大提顿国家公园于1929年2月26日成立。大提顿国家公园内拥有长度达300公里的步道。园内并有以杰克森湖与珍妮湖为首的众多湖泊。大提顿国家公园的大部分区域均位于洛矶山脉内，自然景观十分壮美。此外，大提顿国家公园还拥有极为丰富的生物资源，包括了美洲野牛、灰熊、黑熊、驼鹿等等。【鹿角公园JacksonTownSquarewithElkAntlerArches】公园不大，在东西南北四个方向有用鹿角搭建成的巨型拱门。鹿角全是尖货，不过这些鹿角可不是捕杀所得，是每年冬天大批的麋鹿从山里来到杰克逊的&amp;ldquo;国家麋鹿保护区&amp;rdquo;过冬，春天鹿角自然脱落再更新，麋鹿走后，遍地留下无数的珍品。【圣殿广场TempleSquare】犹他州盐湖城是全球摩门教的大本营，是犹他州盐湖城市中心一组属于耶稣基督后期圣徒教会（摩门教）总部的建筑群，包括盐湖城圣殿、盐湖城大礼拜堂、盐湖城聚会堂、海鸥纪念碑和两个游客中心，占地10英亩。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3</w:t>
+              <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早晨开始我们今天愉快的旅程。沿途无边的草原丘陵；漫山遍野的牛羊；高耸入云的雪山；徜徉不息的河流无不令人心旷神怡。进入黄石国家公园-世界第一个国家公园，原始的大草原森林与绚烂多彩的热泉编织出古老黄石火山高原动人心魄的图画！行程安排：黄石国家公园深度游（必付项目，8小时，停留诺里斯间歇泉盆地、上瀑布、艺术家点、峡谷村、海登山谷、泥火山、钓鱼桥、老忠实间歇泉、大棱镜热泉、调色板、牵牛花等景点，景点安排会根据当天实际情况有所调整）景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【诺里斯间歇泉盆地YellowstoneNorrisGeyserBasin】诺里斯间歇泉盆地是黄石公园里最热、最不稳定的一系列间歇泉。它长期蛰伏，很久才喷发一次（上次喷发为2008年），曾创造了喷发高度380英尺的记录。此区的间歇泉颜色也颇为丰富，有清澈见底的蓝绿色，也有柔和的像牛奶一样的蓝白色。【黃石上瀑布UpperYellowstoneFalls】上瀑布位于较大的黄石大瀑布上游400米处。瀑布延着33米落差的火山峭壁垂直而下。瀑布下方原本凹凸的火山岩已被瀑布几百年的冲刷侵蚀的非常平滑。【艺术家点ArtistPoint】这里的景色特别壮观。峡谷深达三百多尺。峡谷的山壁以黄色为主，参杂着黑色，红色和粉红色，和一丛丛绿色的松树。这些颜色杂而不乱，看起来如开屏的孔雀尾巴，也像浪漫派画家在同一处地方点上了好几层色的点画法一样。【泥火山MudVolcanoArea】位于黄石公园东部黄石湖北部不远。这里的喷泉喷出的大都不是水，而是泥浆，每次喷发时地动山摇。在泥火山旁，长满色彩艳丽的草，这些草看上去柔嫩至极、绚丽非凡。【老忠实间歇泉OldFaithfulGeyser】老忠实间歇泉因其始终如一的有规律地喷发而得名。目前大约每隔60至110分钟喷发一次，每次喷发持续四至五分钟，水柱高达40多米，蔚为壮观，而且从不间断。老忠实游客中心会提前摆出喷发时间表，可以先看好喷发时间，再放心去游览。【黄石大棱镜温泉TheGrandPrismaticHotSpring】又称七彩池，是美国第一、世界第三大温泉，宽度75-91米，深达49米，每分钟会涌出大约2000升71度的热水。大棱镜温泉的令人惊叹之处在于湖面的颜色会随季节而改变。春天的时候湖面从翠绿色变为金灿灿的橙红色，这是由于富含矿物质的水体中生活着的藻类和含色素的细菌等微生物。盛夏时节，叶绿素含量相对较低，因此湖水呈现出绚烂的橙色、红色或黄色。但到了数九寒冬，由于缺乏光照，这些微生物就会产生更多的叶绿素来抑制类胡萝卜素的颜色，于是就看到水体呈现深邃的墨绿色。【黄石公园调色板FountainPaintPot】调色板是泥浆喷泉，泥土及岩石内含矿物质，被酸性的热泉溶化后形成泥浆。因为泥水的粘性很高，还可以清楚看到气泡的缓慢形成与幻灭。喷泉周围的泥土看起来像是干了的油彩，导致喷泉本身看起来像是在煮一锅洗了油彩的水，就像画家的画板，洋溢五彩缤纷的调料。行程当天酒店入住日期行程当天酒店参考信息周一、周六西黄石湖景木屋TerraNova或同级09/28/2024（周六）、10/05/2024（周六）当天入住酒店，安排入住西黄石酒店：西黄石白牛酒店WhiteBuffaloWestYellowstone，黄石江山旅馆YellowstoneCountryInn，杜德&amp;amp;朗达普酒店Dude&amp;amp;Roundup，旅行者旅社TravelersLodge或同级。周二、周日04/28/2024-05/18/2024期间逢周二、周日当天入住酒店的日期，安排入住西黄石酒店：西黄石白牛酒店WhiteBuffaloWestYellowstone，黄石江山旅馆YellowstoneCountryInn，杜德&amp;amp;朗达普酒店Dude&amp;amp;Roundup，旅行者旅社TravelersLodge或同级。05/19/2024-10/08/2024期间逢周二、周日当天入住酒店的日期，提前31天预定将有机会免费升级一晚黄石公园内景区木屋，数量有限，先到先得，售完即止。如木屋酒店售罄，将安排入住西黄石酒店：西黄石白牛酒店WhiteBuffaloWestYellowstone，黄石江山旅馆YellowstoneCountryInn，杜德&amp;amp;朗达普酒店Dude&amp;amp;Roundup，旅行者旅社TravelersLodge或同等级酒店。</w:t>
+              <w:t xml:space="preserve">早晨我们将驱车前往布莱斯峡谷国家公园。与其说布莱斯是峡谷，更不如说是一个巨大的露天竞技场，高耸入云的褐色石岩层层迭迭，像极了守护天地的天然兵马俑。午后抵达全世界最奇特的狭缝洞穴，世界十大摄影地点之一的下羚羊彩穴，斑驳的红砂岩经过自然束光折射幻化出艳丽的色彩，如梦如幻。随后前往马蹄湾&amp;ndash;国家地理杂志评选出的美国十大最佳摄影地点之一。夜宿图巴。行程安排：酒店&amp;rarr;布莱斯峡谷国家公园（必付项目，45分钟）&amp;rarr;下羚羊彩穴（自费，90分钟）&amp;rarr;马蹄湾（必付项目，45分钟）&amp;rarr;图巴景点介绍：【布莱斯峡谷国家公园BryceCanyonNationalPark】布莱斯峡谷国家公园位于美国犹他州西南部，其名字虽有峡谷一词，但其并非真正的峡谷，而是沿着庞沙冈特高原东面，由侵蚀而成的巨大自然露天剧场。其独特的地理结构称为岩柱，由风、河流里的水与冰侵蚀和湖床的沉积岩组成。位于其内的红色、橙色与白色的岩石形成了奇特的自然景观，因此其被誉为天然石俑的殿堂。景点介绍：【下羚羊彩穴LowerAntelopeCanyon】下羚羊彩穴位于美国亚利桑纳州北方，是柔软的砂岩经过百万年的各种侵蚀力所形成。季风季节里常出现暴洪流入峡谷中，由于突然暴增的雨量，造成暴洪的流速相当快，加上狭窄通道将河道缩小，因此垂直侵蚀力也相对变大，形成了下羚羊彩穴底部的走廊，以及谷壁上坚硬光滑、如同流水般的边缘。下羚羊彩穴中没有任何人工照明，所有可见的光线均来自于峡谷顶部的裂缝，这些光线经过岩石纹理的反复折射进入谷底，产生出梦幻般不规则的色彩变化，这些色彩由深至浅，七彩斑斓，美轮美奂。【马蹄湾HorseshoeBend】马蹄湾&amp;ndash;国家地理杂志评选出的美国十大最佳摄影地点之一！科罗拉多河床上密布的水草使得河水在阳光下呈现出荧光般的幽绿，河流于此在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾由此得名。站在峭壁边，沉醉于碧水蓝天红岩钩织出的动人心魄的美。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">3</w:t>
+              <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早晨开始我们今天愉快的旅程。沿途无边的草原丘陵；漫山遍野的牛羊；高耸入云的雪山；徜徉不息的河流无不令人心旷神怡。进入黄石国家公园-世界第一个国家公园，原始的大草原森林与绚烂多彩的热泉编织出古老黄石火山高原动人心魄的图画！行程安排：黄石国家公园深度游（必付项目，8小时，停留诺里斯间歇泉盆地、上瀑布、艺术家点、峡谷村、海登山谷、泥火山、钓鱼桥、老忠实间歇泉、大棱镜热泉、调色板、牵牛花等景点，景点安排会根据当天实际情况有所调整）特别说明：1.黄石国家公园东门预计将于05/02/2025开放，在此之前以下景点：上下瀑布、艺术家点、海登峡谷、泥火山、钓鱼桥、西拇指间歇泉均无法参观游览，敬请谅解；2.黄石国家公园南门预计将于05/10/2025开放，因此05/02/2025-05/09/2025期间西拇指间歇泉仍无法参观游览，敬请谅解。景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【诺里斯间歇泉盆地YellowstoneNorrisGeyserBasin】诺里斯间歇泉盆地是黄石公园里最热、最不稳定的一系列间歇泉。它长期蛰伏，很久才喷发一次（上次喷发为2008年），曾创造了喷发高度380英尺的记录。此区的间歇泉颜色也颇为丰富，有清澈见底的蓝绿色，也有柔和的像牛奶一样的蓝白色。【黃石上瀑布UpperYellowstoneFalls】上瀑布位于较大的黄石大瀑布上游400米处。瀑布延着33米落差的火山峭壁垂直而下。瀑布下方原本凹凸的火山岩已被瀑布几百年的冲刷侵蚀的非常平滑。【艺术家点ArtistPoint】这里的景色特别壮观。峡谷深达三百多尺。峡谷的山壁以黄色为主，参杂着黑色，红色和粉红色，和一丛丛绿色的松树。这些颜色杂而不乱，看起来如开屏的孔雀尾巴，也像浪漫派画家在同一处地方点上了好几层色的点画法一样。【泥火山MudVolcanoArea】位于黄石公园东部黄石湖北部不远。这里的喷泉喷出的大都不是水，而是泥浆，每次喷发时地动山摇。在泥火山旁，长满色彩艳丽的草，这些草看上去柔嫩至极、绚丽非凡。【老忠实间歇泉OldFaithfulGeyser】老忠实间歇泉因其始终如一的有规律地喷发而得名。目前大约每隔60至110分钟喷发一次，每次喷发持续四至五分钟，水柱高达40多米，蔚为壮观，而且从不间断。老忠实游客中心会提前摆出喷发时间表，可以先看好喷发时间，再放心去游览。【黄石大棱镜温泉TheGrandPrismaticHotSpring】又称七彩池，是美国第一、世界第三大温泉，宽度75-91米，深达49米，每分钟会涌出大约2000升71度的热水。大棱镜温泉的令人惊叹之处在于湖面的颜色会随季节而改变。春天的时候湖面从翠绿色变为金灿灿的橙红色，这是由于富含矿物质的水体中生活着的藻类和含色素的细菌等微生物。盛夏时节，叶绿素含量相对较低，因此湖水呈现出绚烂的橙色、红色或黄色。但到了数九寒冬，由于缺乏光照，这些微生物就会产生更多的叶绿素来抑制类胡萝卜素的颜色，于是就看到水体呈现深邃的墨绿色。【黄石公园调色板FountainPaintPot】调色板是泥浆喷泉，泥土及岩石内含矿物质，被酸性的热泉溶化后形成泥浆。因为泥水的粘性很高，还可以清楚看到气泡的缓慢形成与幻灭。喷泉周围的泥土看起来像是干了的油彩，导致喷泉本身看起来像是在煮一锅洗了油彩的水，就像画家的画板，洋溢五彩缤纷的调料。行程当天酒店入住日期行程当天酒店参考信息周四、周五、周六安排入住西黄石湖景木屋TerraNova或同级酒店。周二、周三05/13/2025（周二）、05/14/2025（周三）入住酒店的日期，将安排入住西黄石湖景木屋TerraNova或同级酒店。05/20/2025-10/08/2025期间周二、周三入住的日期提前31天预定将有机会免费升级一晚黄石公园内景区木屋，数量有限，先到先得，送完即止。如木屋酒店售罄，将安排入住西黄石酒店：WhiteBuffaloWestYellowstone，YellowstoneCountryInn，Dude&amp;amp;Roundup，TravelersLodge或同等级酒店。</w:t>
+              <w:t xml:space="preserve">清晨我们驱车前往世界七大奇景之一的大峡谷国家公园，领略造物主的神奇，置身其中，蔚为壮观。离开大峡谷公园，我们会途经著名的胡佛水坝，抵达世界赌博娱乐之都&amp;mdash;拉斯维加斯！晚上可以自费跟随经验丰富的司机导游参加夜游，或者自费欣赏世界最高水平的歌舞及魔术秀！行程安排：图巴&amp;rarr;东大峡谷（必付项目，30分钟）&amp;rarr;南大峡谷（必付项目，30分钟）&amp;rarr;胡佛水坝（途经，车览）&amp;rarr;拉斯维加斯景点介绍：【大峡谷国家公园GrandCanyonNationalPark】大峡谷国家公园位于美国亚利桑那州北部，占地1904平方英里，成立于1919年。大峡谷在1979年批准作为自然遗产列入联合国教科文组织《世界遗产名录》。大峡谷国家公园是世界七大奇景之一，由科罗拉多河流经此地切割高原而形成。是美国最值得一看的国家公园之一。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">4</w:t>
+              <w:t xml:space="preserve">7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上在酒店整装出发，当您还沉醉于昨天精彩行程带给您的惊喜而依依不舍时，今天我们将继续去感受大黄石生态圈的秀美。随后进入大提顿国家公园，万年不化的冰河覆盖在巍峨的大提顿山脉上，宛如仙境。随后来到地道的西部牛仔小镇-杰克逊，这里也是世界闻名的度假圣地，千万不要错过市中心的鹿角公园。下午抵达美国中西部第一大城&amp;ndash;盐湖城，参观摩门教的圣地&amp;mdash;圣殿广场。夜宿暜沃。行程安排：黄石国家公园（40分钟，停留西拇指间歇泉等）&amp;rarr;大提顿国家公园（必付项目，60分钟）&amp;rarr;杰克逊&amp;rarr;鹿角公园（60分钟）&amp;rarr;盐湖城&amp;rarr;圣殿广场（30分钟）&amp;rarr;普沃景点介绍：【西拇指间歇泉盆地WestThumbGeyserBasin】西拇指间歇泉盆地，位于黄石湖边上，十五万年前因地壳陷落而形成，在热喷泉与湖水结合下，出现了一种烟雾弥漫的奇妙景观：烟雾缭绕处是热泉的蒸气，绿波盈盈处是黄石的湖水，与背景中蓝天白云相互辉映，形成与黄石其他温泉区不同的景观。此处相当于黄石湖的湖湾，许多间歇泉聚集此处，喷水口的颜色多种多样，有的呈透明绿色，有的呈好似水泥色般的暗暗的黑色。许许多多的喷水口呈现一种美丽的幻想。【大提顿国家公园GrandTetonNationalPark】大提顿国家公园于1929年2月26日成立。大提顿国家公园内拥有长度达300公里的步道。园内并有以杰克森湖与珍妮湖为首的众多湖泊。大提顿国家公园的大部分区域均位于洛矶山脉内，自然景观十分壮美。此外，大提顿国家公园还拥有极为丰富的生物资源，包括了美洲野牛、灰熊、黑熊、驼鹿等等。【鹿角公园ElkAntlerArchesPark】公园不大，在东西南北四个方向有用鹿角搭建成的巨型拱门。鹿角全是尖货，不过这些鹿角可不是捕杀所得，是每年冬天大批的麋鹿从山里来到杰克逊的&amp;ldquo;国家麋鹿保护区&amp;rdquo;过冬，春天鹿角自然脱落再更新，麋鹿走后，遍地留下无数的珍品。【圣殿广场TempleSquare】犹他州盐湖城是全球摩门教的大本营，是犹他州盐湖城市中心一组属于耶稣基督后期圣徒教会（摩门教）总部的建筑群，包括盐湖城圣殿、盐湖城大礼拜堂、盐湖城聚会堂、海鸥纪念碑和两个游客中心，占地10英亩。</w:t>
-[...356 lines deleted...]
-              <w:t xml:space="preserve">带着愉快的心情，从拉斯维加斯返回旧金山。首先途径世界最大的太阳能发电站，远眺这人类智慧的结晶体。之后穿越西部最大的莫哈维沙漠，远眺爱德华空军基地，美国宇航飞机曾多次在此降落。随后进入特哈岔霹山口，目睹加州最大的风力发电站，满山遍野的风车铺天盖地而来，气势恢宏，令人震撼。下午沿富饶的中央山谷穿行，了解水利工程给加州农业带来的繁荣，只见渠道纵横，果树成林，田连阡沃壤千里。傍晚抵达旧金山。行程安排：拉斯维加斯&amp;rarr;旧金山</w:t>
+              <w:t xml:space="preserve">带着愉快的心情，从拉斯维加斯返回旧金山。首先途径世界最大的太阳能发电站，远眺这人类智慧的结晶体。之后穿越西部最大的莫哈维沙漠，远眺爱德华空军基地，美国宇航飞机曾多次在此降落。随后进入特哈岔霹山口，目睹加州最大的风力发电站，满山遍野的风车铺天盖地而来，气势恢宏，令人震撼。下午沿富饶的中央山谷穿行，了解水利工程给加州农业带来的繁荣，只见渠道纵横，果树成林，田连阡沃壤千里。傍晚抵达旧金山。行程安排：拉斯维加斯&amp;rarr;拉斯网红欢迎招牌打卡（必付项目，20-30分钟）&amp;rarr;旧金山</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -872,83 +515,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.行程中的午餐、晚餐及部分早餐；2.往返出发地的交通费用；3.服务费：每人每天$12，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述YL必付费用(F)YLMandatoryFee每人：$205.00包含：肖松尼瀑布，黄石国家公园，东大峡谷，南大峡谷，大提顿国家公园，布莱斯国家公园，马蹄湾，拉斯维加斯酒店ResortFee/DestinationFee7天黄石团座位加收费用每人：$90.00限黄石团大巴前三排10个座位下羚羊彩穴LowerAntelopeCanyon成人（3岁及以上）：$98.00儿童（3岁以下）：$20.00包含当地接送及向导服务费拉斯维加斯城市夜游LasVegasNightTour每人：$45.00占座位同价拉斯维加斯夜游直升机LasVegasNightTourwithHelicopter每人：$159.00包含：接送服务+10-12分钟直升飞机体验；年龄限制：儿童需3岁以上成人秀FantasyShow【现付】每人：$85.00场次：10:30pm日期：每天年龄限制：需18岁以上太阳剧团欧秀OShow【现付】每人：$253.00场次：7pm或9:30pm日期：周三、周四、周五、周六、周日年龄限制：儿童需5岁以上秀票价格不适用于圣诞节（12/20/24&amp;ndash;12/31/24）和感恩节（11/27/24&amp;ndash;12/3/24），需等秀场通知。戴维魔术秀(A区)DavidCopperfieldShow【现付】每人：$175.00儿童需5岁以上戴维魔术秀(B区)DavidCopperfieldShow【现付】每人：$160.00或$165.00场次：7pm或9:30pm日期：每天节假日涨价时间：11月22日至26日、12月22日至31日，涨价后价格为$165年龄限制：儿童需5岁以上大卫魔术秀(C区)DavidCopperfieldShow【现付】每人：$150.00或$155.00场次：7pm或9:30pm日期：每天节假日涨价时间：11月22日至26日、12月22日至31日，涨价后价格为$155年龄限制：儿童需5岁以上大卫魔术秀(D区)DavidCopperfieldShow【现付】每人：$123.00或$128.00场次：7pm或9:30pm日期：每天节假日涨价时间：11月22日至26日、12月22日至31日，涨价后价格为$128年龄限制：儿童需5岁以上猛男秀ThunderfromDown【现付】成人：$90.00场次：9pm或11pm（11pm仅限周四、周日）日期：周一、周三、周四、周日年龄限制：需18岁以上太阳剧团KA秀KAShow【现付】每人：$135.00场次：7pm或9:30pm日期：周一、周二、周三、周六、周日年龄限制：需5岁以上蓝人秀BlueManGroup【现付】每人：$110.00场次：8pm日期：每天年龄限制：需5岁以上南峡谷直升机GrandCanyonSouthRimHelicopter04/01/2025前：每人：$289.0004/01/2025起：每人：$299.003岁以上同价包含：燃油附加费南峡谷小飞机SouthCanyonMiniatureAircraft每人：$228.003岁以上同价包含：燃油附加费南峡谷IMAX电影+午餐GrandCanyonSouthRimIMAXMovie+Lunch每人：$32.003岁以上同价南峡谷IMAX电影GrandCanyonSouthRimIMAXMovie每人：$15.00帝王争霸秀（含晚餐）TournamentofKings【现付】每人：$87.00场次：6pm或8:30pm日期：周四至周一秀票价格不适用于圣诞节（12/20/24&amp;ndash;12/31/24）和感恩节（11/27/24&amp;ndash;12/3/24），需等秀场通知。迈克尔杰克逊模仿秀MichaelJacksonOne【现付】每人：$160.00场次：7pm或9:30pm日期：周四至周一秀票价格不适用于圣诞节（12/20/24&amp;ndash;12/31/24）和感恩节（11/27/24&amp;ndash;12/3/24），需等秀场通知。</w:t>
+              <w:t xml:space="preserve">1.行程中的午餐、晚餐及部分早餐；2.往返出发地的交通费用；3.服务费：每人每天$15，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述YL7必付费用YL7MandatoryFee每人：$215.00包含：肖松尼瀑布、黄石国家公园、东大峡谷、南大峡谷、大提顿国家公园、布莱斯国家公园、马蹄湾、拉斯维加斯度假村ResortFee/DestinationFee、拉斯网红欢迎招牌打卡下羚羊彩穴LowerAntelopeCanyon01/01/2026前：成人（4岁及以上）：$98.0001/01/2026起：成人（4岁及以上）：$105.00儿童（0-3岁）：$20.00包含当地接送及向导服务费拉斯维加斯夜景游LasVegasNightViewTour每人：$50.00占座位同价拉斯维加斯夜游直升机LasVegasNightTourwithHelicopter每人：$159.00包含：接送服务+10-12分钟直升飞机体验；年龄限制：儿童需3岁以上预订须知：该自费项目最大限制体重为300磅/人，若您的体重超出安全范围，不建议参加此项活动。若您仍要参加，可能会面临现场被直升机公司收取额外费用或劝退的情况，额外收取的费用需您自行承担；如您被劝退，预先支付的费用我司可退还给您。成人秀FantasyShow【现付】每人：$85.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(A区)DavidCopperfieldShow【现付】每人：$175.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(B区)DavidCopperfieldShow【现付】每人：$160.00或$165.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(C区)DavidCopperfieldShow【现付】每人：$150.00或$155.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(D区)DavidCopperfieldShow【现付】每人：$123.00或$128.00秀票价格会有浮动，所有价格请以实际预定当天为准。猛男秀ThunderfromDown【现付】成人：$90.00秀票价格会有浮动，所有价格请以实际预定当天为准。太阳剧团KA秀KAShow【现付】每人：$135.00秀票价格会有浮动，所有价格请以实际预定当天为准。蓝人秀BlueManGroup【现付】每人：01/01/2026前：$110.00每人：01/01/2026起：$99.00秀票价格会有浮动，所有价格请以实际预定当天为准。南峡谷直升机GrandCanyonSouthRimHelicopter每人：$299.003岁以上同价包含：燃油附加费预订须知：该自费项目最大限制体重为300磅/人，若您的体重超出安全范围，不建议参加此项活动。若您仍要参加，可能会面临现场被直升机公司收取额外费用或劝退的情况，额外收取的费用需您自行承担；如您被劝退，预先支付的费用我司可退还给您。南峡谷IMAX电影+午餐GrandCanyonSouthRimIMAXMovie+Lunch每人：$32.003岁以上同价南峡谷IMAX电影GrandCanyonSouthRimIMAXMovie每人：$15.00帝王争霸秀（含晚餐）TournamentofKings【现付】每人：$106.00此项目不可提前预定，需在团上找导游报名。秀票价格会有浮动，所有价格请以实际预定当天为准。迈克尔杰克逊模仿秀MichaelJacksonOne【现付】每人：$160.00秀票价格会有浮动，所有价格请以实际预定当天为准。云霄酒店旋转餐厅晚餐DinneratTopoftheWorld,theSTRATHotel【现付】每人：$140.00费用包含：前菜、正餐、甜品、不限量无酒精饮品（酒精饮料需自费）、座位费、税、服务费、餐后观景台观光。预定须知：1、此自费项目只接受团上现付；2、由于餐厅座位有限，请您于用餐当天14:00前向导游预订；3、根据餐厅规定，需于16:00到18:00之间抵达餐厅（导游将根据实际交通状况协助安排）；4、若因不可抗力因素（如严重塞车、天气影响等）导致无法如期入场，我们将为您安排退款。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">如您选择在洛杉矶离团，我司可安排拉斯维加斯-洛杉矶送站服务。具体行程安排为：拉斯网红欢迎招牌打卡&amp;amp;M豆巧克力世界&amp;amp;可口可乐主题店&amp;amp;飞跃拉斯维加斯（自费，90分钟）&amp;rarr;七彩巨石阵（30分钟）&amp;rarr;巴斯托奥特莱斯（120分钟）&amp;rarr;洛杉矶如您选择不参加自费项目，可在酒店内自由活动。洛杉矶下车点如下：1.PicoHouseLosAngeles；424NMainSt,LosAngeles,CA90012；2.LincolnPlazaHotel停车场；123SLincolnAve,MontereyPark，CA91755；3.Starbucks-TheSquareIrvine；17913MacArthurBlvd,Irvine,CA92614；4.Motel6FountainValley停车场；9125RecreationCir,FountainValley,CA92708；5.SheratonSanGabriel；303EValleyBlvd,SanGabriel,CA91776；此送站点只限酒店住客，需提供酒店确认号。6.HartfordHotel,BWSignatureCollectionRosemead；8832GlendonWay,Rosemead,CA91770；7.HowardJohnsonFullerton停车场；222W.HoustonAve.Fullerton,CA92832；8.99RanchMarketRowlandHeights（罗兰岗99大华超市，面朝GaleAve.方向）；1015NogalesSt,RowlandHeights,CA91748；9.99RanchRanchoCucamonga；9775BaseLineRd,RanchoCucamonga,CA91730；</w:t>
+              <w:t xml:space="preserve">1.如您选择在洛杉矶离团，我司可安排拉斯维加斯至洛杉矶的免费送站服务。由于此安排新增了额外行程内容，必付项目将会相应增加$10/人。具体行程安排为：拉斯网红欢迎招牌打卡&amp;amp;M豆巧克力世界&amp;amp;可口可乐主题店（必付项目，60分钟）&amp;rarr;飞跃拉斯维加斯（自费，25分钟）&amp;rarr;七彩巨石阵（30分钟）&amp;rarr;巴斯托奥特莱斯（120分钟）&amp;rarr;洛杉矶洛杉矶下车点如下：PicoHouseLosAngeles；424NMainSt,LosAngeles,CA90012；Starbucks-TheSquareIrvine；17913MacArthurBlvd,Irvine,CA92614；LincolnPlazaHotel停车场；123SLincolnAve,MontereyPark，CA91755；Motel6FountainValley停车场；9125RecreationCir,FountainValley,CA92708；HartfordHotel,BWSignatureCollectionRosemead；8832GlendonWay,Rosemead,CA91770；HowardJohnsonFullerton停车场；222W.HoustonAve.Fullerton,CA92832；上岛大酒楼（罗兰岗德成行隔壁）；1463NogalesSt,RowlandHeights,CA91748；99RanchRanchoCucamonga；9775BaseLineRd,RanchoCucamonga,CA91730；SheratonSanGabriel；303EValleyBlvd,SanGabriel,CA91776；此接送点仅限饭店住客，需提供饭店确认号码。送机：洛杉矶国际机场(LAX)；1WorldWay,LosAngeles,CA90045；请预定LAX机场20:30以后起飞的国内航班，21:30以后起飞的国际航班。2.自2026年1月1日起，美国境内11个国家公园将对非美国居民实施入园额外收费政策（请点击蓝色字体查看）。进入以上国家公园时，园区工作人员可能会现场核验游客身份，请美国居民务必随身携带有效身份证明，如美国护照、驾照或绿卡等，以便现场查验。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>