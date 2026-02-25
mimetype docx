--- v0 (2025-11-03)
+++ v1 (2026-02-25)
@@ -111,1734 +111,357 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早晨从美丽的旧金山出发，沿着80号公路一路向东，在加州首府萨克拉门托参观加州州府大厦和州政府广场。随后经唐那山口进入内华达州，穿越大旱湖，一览美国中西部沙漠地貌，对于久居城市的游客，这里苍凉狂野的景色无疑别有一番风趣！夜宿内华达小镇艾可市，内华达州赌博是合法的（21岁以上），酒店内就有大型赌场，您更可一试手气！行程安排：旧金山&amp;rarr;萨克拉门托&amp;rarr;加州州府大厦（45分钟）&amp;rarr;艾可市</w:t>
+              <w:t xml:space="preserve">早晨从美丽的旧金山出发，沿着80号公路一路向东，在加州首府萨克拉门托参观加州州府大厦和州政府广场。随后经唐那山口进入内华达州，穿越大旱湖，一览美国中西部沙漠地貌，对于久居城市的游客，这里苍凉狂野的景色无疑别有一番风趣！夜宿内华达小镇艾可市，内华达州赌博是合法的（21岁以上），酒店内就有大型赌场，您更可一试手气！行程安排：旧金山&amp;rarr;萨克拉门托&amp;rarr;加州州府大厦（45分钟）&amp;rarr;艾可市景点介绍：【加州议会大厦CaliforniaStateCapitolMuseum】这座1869年建成的州议会大厦拥有宏伟的柱子和时尚的圆顶，看上去就像是华盛顿哥伦比亚特区美国国会大厦的缩小版。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早晨从美丽的旧金山出发，沿着80号公路一路向东，在加州首府萨克拉门托参观加州州府大厦和州政府广场。随后经唐那山口进入内华达州，穿越大旱湖，一览美国中西部沙漠地貌，对于久居城市的游客，这里苍凉狂野的景色无疑别有一番风趣！夜宿内华达小镇艾可市，内华达州赌博是合法的（21岁以上），酒店内就有大型赌场，您更可一试手气！行程安排：旧金山&amp;rarr;萨克拉门托&amp;rarr;加州州府大厦（45分钟）&amp;rarr;艾可市</w:t>
+              <w:t xml:space="preserve">早晨由艾可市出发，驱车前往世界第一个国家公园-黄石国家公园。沿途无边的草原丘陵；漫山遍野的牛羊；高耸入云的雪山；徜徉不息的河流；勤劳的牛仔无不令人心旷神怡。七彩缤纷大棱镜热泉、五颜六色调色板、世界闻名老忠实、浪漫迷人的黄石湖、雄伟秀丽的黄石大峡谷、万马奔腾的上瀑布、五彩缤纷雾气腾腾的诺里斯，近距离观赏野生动物&amp;hellip;精彩会一个个接踵而来！行程安排：艾可市&amp;rarr;黄石国家公园（必付项目，3小时，前往调色板、大棱镜温泉、老忠实间歇泉、喷泉步道、牵牛花、小饼干盆地等景点，根据当天实际情况导游会有所调整，请以实际安排为准）&amp;rarr;西黄石景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【黄石大棱镜温泉TheGrandPrismaticHotSpring】又称七彩池，是美国第一、世界第三大温泉，宽度75-91米，深达49米，每分钟会涌出大约2000升71度的热水。大棱镜温泉的令人惊叹之处在于湖面的颜色会随季节而改变。春天的时候湖面从翠绿色变为金灿灿的橙红色，这是由于富含矿物质的水体中生活着的藻类和含色素的细菌等微生物。盛夏时节，叶绿素含量相对较低，因此湖水呈现出绚烂的橙色、红色或黄色。但到了数九寒冬，由于缺乏光照，这些微生物就会产生更多的叶绿素来抑制类胡萝卜素的颜色，于是就看到水体呈现深邃的墨绿色。【老忠实间歇泉OldFaithfulGeyser】老忠实间歇泉因其始终如一的有规律地喷发而得名。目前大约每隔60至110分钟喷发一次，每次喷发持续四至五分钟，水柱高达40多米，蔚为壮观，而且从不间断。老忠实游客中心会提前摆出喷发时间表，可以先看好喷发时间，再放心去游览。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1</w:t>
+              <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">洛杉矶国际机场（LAX）接机须知：1.参团当日免费接机时间段：10:00-22:00，每2小时一班，即10:00、中午12:00、14:00、16:00、18:00、20:00、22:00（客人和导游汇合的时间）。2.一个房间提供一次免费接机时间范围内的接机服务，如因天气、航班延误等造成无法安排，请自理交通费用。3.付费接机时间段：22:00-24:00，价格为$120/单程（限5人以下）；其他时间请客人自行前往酒店。4.接机地点：美国国内和加拿大航班请在行李提取处等候导游，国际航班请在TheCoffeeBean&amp;amp;TeaLeaf等候。5.请在出发三天前提供航班信息，所有临时增加或延误的航班，将尽力协调，但不保证提供免费接机服务。</w:t>
+              <w:t xml:space="preserve">今天我们将继续感受大黄石生态圈的秀美！神秘静谧的森林、浪漫迷人的黄石湖、雾气腾腾的河流都让人不禁感叹大自然的神奇。随后进入大提顿国家公园，万年不化的冰河覆盖在巍峨的大提顿山脉上，蓝天森林环绕，倒映在山脚下处子般的杰克森湖上，蛇河蜿蜒流过，宛如仙境！之后来到地道的西部牛仔小镇-杰克逊，这里也是世界闻名的度假圣地，千万不要错过市中心的鹿角公园！行程安排：西黄石&amp;rarr;黄石国家公园（必付项目，5小时，停留诺里斯间歇泉盆地、上瀑布、艺术家点、西拇指间歇泉等景点，途经海登山谷、泥火山、钓鱼桥，景点安排会根据当天实际情况有所调整）&amp;rarr;大提顿国家公园（必付项目，60分钟）&amp;rarr;杰克森&amp;rarr;鹿角公园（30分钟）&amp;rarr;波特卡洛温馨提示：1.黄石公园位于落基山脉之中，海拔约7000英呎；盛夏七八月早上温度有时只有4℃，请注意保暖。2.黄石国家公园东门预计将于05/02/2026开放，在此之前以下景点：上下瀑布、艺术家点、海登峡谷、泥火山、钓鱼桥、西拇指间歇泉均无法参观游览，敬请谅解。3.黄石国家公园南门预计将于05/10/2026开放，因此05/02/2026-05/09/2026期间西拇指间歇泉仍无法参观游览，敬请谅解。景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【诺里斯间歇泉盆地YellowstoneNorrisGeyserBasin】诺里斯间歇泉盆地是黄石公园里最热、最不稳定的一系列间歇泉。它长期蛰伏，很久才喷发一次（上次喷发为2008年），曾创造了喷发高度380英尺的记录。此区的间歇泉颜色也颇为丰富，有清澈见底的蓝绿色，也有柔和的像牛奶一样的蓝白色。【黄石上瀑布UpperYellowstoneFalls】上瀑布位于较大的黄石大瀑布上游400米处。瀑布延着33米落差的火山峭壁垂直而下。瀑布下方原本凹凸的火山岩已被瀑布几百年的冲刷侵蚀的非常平滑。【艺术家点ArtistPoint】这里的景色特别壮观。峡谷深达三百多尺。峡谷的山壁以黄色为主，参杂着黑色，红色和粉红色，和一丛丛绿色的松树。这些颜色杂而不乱，看起来如开屏的孔雀尾巴，也像浪漫派画家在同一处地方点上了好几层色的点画法一样。【泥火山MudVolcanoArea】位于黄石公园东部黄石湖北部不远。这里的喷泉喷出的大都不是水，而是泥浆，每次喷发时地动山摇。在泥火山旁，长满色彩艳丽的草，这些草看上去柔嫩至极、绚丽非凡。【西拇指间歇泉盆地WestThumbGeyserBasin】西拇指间歇泉盆地，位于黄石湖边上，十五万年前因地壳陷落而形成，在热喷泉与湖水结合下，出现了一种烟雾弥漫的奇妙景观：烟雾缭绕处是热泉的蒸气，绿波盈盈处是黄石的湖水，与背景中蓝天白云相互辉映，形成与黄石其他温泉区不同的景观。此处相当于黄石湖的湖湾，许多间歇泉聚集此处，喷水口的颜色多种多样，有的呈透明绿色，有的呈好似水泥色般的暗暗的黑色。许许多多的喷水口呈现一种美丽的幻想。景点介绍：【大提顿国家公园GrandTetonNationalPark】大提顿国家公园于1929年2月26日成立。大提顿国家公园内拥有长度达300公里的步道。园内并有以杰克森湖与珍妮湖为首的众多湖泊。大提顿国家公园的大部分区域均位于洛矶山脉内，自然景观十分壮美。此外，大提顿国家公园还拥有极为丰富的生物资源，包括了美洲野牛、灰熊、黑熊、驼鹿等等。【鹿角公园JacksonTownSquarewithElkAntlerArches】公园不大，在东西南北四个方向有用鹿角搭建成的巨型拱门。鹿角全是尖货，不过这些鹿角可不是捕杀所得，是每年冬天大批的麋鹿从山里来到杰克逊的&amp;ldquo;国家麋鹿保护区&amp;rdquo;过冬，春天鹿角自然脱落再更新，麋鹿走后，遍地留下无数的珍品。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1</w:t>
+              <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">洛杉矶国际机场（LAX）接机须知：1.参团当日免费接机时间段：10:00-22:00，每2小时一班，即10:00、中午12:00、14:00、16:00、18:00、20:00、22:00（客人和导游汇合的时间）。2.一个房间提供一次免费接机时间范围内的接机服务，如因天气、航班延误等造成无法安排，请自理交通费用。3.付费接机时间段：22:00-24:00，价格为$120/单程（限5人以下）；其他时间请客人自行前往酒店。4.接机地点：美国国内和加拿大航班请在行李提取处等候导游，国际航班请在TheCoffeeBean&amp;amp;TeaLeaf等候。5.请在出发三天前提供航班信息，所有临时增加或延误的航班，将尽力协调，但不保证提供免费接机服务。</w:t>
+              <w:t xml:space="preserve">今天我们将前往大盐湖，大盐湖是史前邦纳维尔湖的最大残余部分，由于是内陆湖，湖水蒸发，导致矿物物质持续增多，盐度很高，成为鸟类，卤虫及其他动物们的天堂。随后前往犹他参观议会大厦，宛如宫殿般的政府大楼是美国少有的几处不需要安检即可入内参观的州政府。随后前往摩门教的圣地圣殿广场，摩门教姊妹带领我们参观，并娓娓道来摩门教的教义以及发展的历史。中午出发前往峡谷地国家公园，看峰峦险恶、怪石嶙峋的绮丽美西。行程安排：波卡特洛&amp;rarr;大盐湖（必付项目，20分钟）&amp;rarr;盐湖城&amp;rarr;犹他州议会大厦（30分钟）&amp;rarr;圣殿广场（40分钟）&amp;rarr;峡谷地国家公园（必付项目，60分钟）&amp;rarr;绿河景点介绍：【大盐湖GreatSaltLake】大盐湖是世界第二大咸水湖，也是北美洲最大的内陆盐湖，它位于美国犹他州西部，东边是落基山脉，西边是沙漠，由10座岛屿组成。同时它也是野生动物保护区，每年吸引了数百万的候鸟。这里湖水的含盐量高达25%，仅次于死海，湖中只有一些可耐高度盐性的藻类可以生存。【犹他州议会大厦UtahStateCapitol】犹他州政府议会大厦坐落于盐湖城，整个建筑的规模和形制可与华盛顿的国会山庄相媲美。州政府大楼顶部是拜占庭式的圆顶，在太阳光的照耀下光彩夺目绚丽辉煌。大厦内部更加富丽堂皇，精雕细琢。墙壁是光洁的大理石，天花板绘有精美的壁画，无数雕工精细的人物塑像伫立其中，栩栩如生。另外由于犹他州别名&amp;ldquo;蜂房州&amp;rdquo;，大厦门前的显眼处便摆了一座蜂房的雕塑，是来到此处的游客不可不合影的景点之一。【圣殿广场TempleSquare】犹他州盐湖城是全球摩门教的大本营，是犹他州盐湖城市中心一组属于耶稣基督后期圣徒教会（摩门教）总部的建筑群，包括盐湖城圣殿、盐湖城大礼拜堂、盐湖城聚会堂、海鸥纪念碑和两个游客中心，占地10英亩。景点介绍：【峡谷地国家公园CanyonlandsNationalPark】峡谷地国家公园位于犹他州东南格林河和科罗拉多河汇合处，系多年河流冲刷和风霜雨雪侵蚀而成的砂岩塔、峡谷等，成为世界上最著名的侵蚀区域之一，以峰峦险恶、怪石嶙峋著称。天空之岛坐落在陡峭的砂岩悬崖上，高出周围地形1000英尺。每一次俯瞰都能从不同的角度看到峡谷地带的壮观景色。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早晨由艾可市出发，驱车前往世界第一个国家公园-黄石国家公园。沿途无边的草原丘陵；漫山遍野的牛羊；高耸入云的雪山；徜徉不息的河流；勤劳的牛仔无不令人心旷神怡。七彩缤纷大棱镜热泉、五颜六色调色板、世界闻名老忠实、浪漫迷人的黄石湖、雄伟秀丽的黄石大峡谷、万马奔腾的上瀑布、五彩缤纷雾气腾腾的诺里斯，近距离观赏野生动物&amp;hellip;精彩会一个个接踵而来！行程安排：艾可市&amp;rarr;黄石国家公园（必付项目，3小时，前往调色板、大棱镜温泉、老忠实间歇泉、喷泉步道、牵牛花、小饼干盆地等景点，根据当天实际情况导游会有所调整，请以实际安排为准）&amp;rarr;西黄石景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【黄石大棱镜温泉TheGrandPrismaticHotSpring】又称七彩池，是美国第一、世界第三大温泉，宽度75-91米，深达49米，每分钟会涌出大约2000升71度的热水。大棱镜温泉的令人惊叹之处在于湖面的颜色会随季节而改变。春天的时候湖面从翠绿色变为金灿灿的橙红色，这是由于富含矿物质的水体中生活着的藻类和含色素的细菌等微生物。盛夏时节，叶绿素含量相对较低，因此湖水呈现出绚烂的橙色、红色或黄色。但到了数九寒冬，由于缺乏光照，这些微生物就会产生更多的叶绿素来抑制类胡萝卜素的颜色，于是就看到水体呈现深邃的墨绿色。【老忠实间歇泉OldFaithfulGeyser】老忠实间歇泉因其始终如一的有规律地喷发而得名。目前大约每隔60至110分钟喷发一次，每次喷发持续四至五分钟，水柱高达40多米，蔚为壮观，而且从不间断。老忠实游客中心会提前摆出喷发时间表，可以先看好喷发时间，再放心去游览。</w:t>
+              <w:t xml:space="preserve">今天，我们将前往景色壮观的拱门国家公园，层层相迭的群山环抱着蜿蜒峡谷，快来拍出属于自己的大片吧！最后前往纪念碑谷打卡，一尊尊巨大的雕塑矗立在红色的原野上。这里是苍凉与狂野乐章的共鸣，生命与灵魂升华的圣地，《阿甘正传》中的跨国长跑在这里终结。您可以选择自费搭乘吉普车游览谷内美景。行程安排：绿河&amp;rarr;拱门国家公园（必付项目，60分钟）&amp;rarr;纪念碑谷（必付项目，90分钟）&amp;rarr;佩吉景点介绍：【拱门国家公园ArchesNationalPark】拱门国家公园位于美国犹他州靠近摩押镇处，面积309平方公里，保存了超过2000座天然岩石拱门。约三亿年前，这种盐层曾是海洋。海水消失的几百万年后，盐层被空气和水中的渣滓所覆盖，并和其它杂物挤压成岩石。后经地壳隆起以及天然风化，成为如今的拱门。公园里不只有拱门，还有为数众多的大小尖塔、基座和平衡石等奇特的地质特征；所有的石头上有着颜色对比非常强烈的纹理。景点介绍：【纪念碑谷MonumentValley】纪念碑谷在1930年代开始出现于许多媒体中，是美国原始大西部的象征。最有名的是在美国导演约翰&amp;middot;福特的多部西部片中，其中有《驿马车》《搜索者》。导演罗拔&amp;middot;湛米基思的《阿甘正传》中的跨国长跑在这里终结。纪念碑谷的壮观难以用言语描述，一尊尊巨大的雕塑矗立在红色的原野上。这里是苍凉与狂野乐章的共鸣，生命与灵魂升华的圣地。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早晨由艾可市出发，驱车前往世界第一个国家公园-黄石国家公园。沿途无边的草原丘陵；漫山遍野的牛羊；高耸入云的雪山；徜徉不息的河流；勤劳的牛仔无不令人心旷神怡。七彩缤纷大棱镜热泉、五颜六色调色板、世界闻名老忠实、浪漫迷人的黄石湖、雄伟秀丽的黄石大峡谷、万马奔腾的上瀑布、五彩缤纷雾气腾腾的诺里斯，近距离观赏野生动物&amp;hellip;精彩会一个个接踵而来！行程安排：艾可市&amp;rarr;黄石国家公园（必付项目，3小时，前往调色板、大棱镜温泉、老忠实间歇泉、喷泉步道、牵牛花等景点，根据当天实际情况导游会有所调整，请以实际安排为准）&amp;rarr;西黄石景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【黄石大棱镜温泉TheGrandPrismaticHotSpring】又称七彩池，是美国第一、世界第三大温泉，宽度75-91米，深达49米，每分钟会涌出大约2000升71度的热水。大棱镜温泉的令人惊叹之处在于湖面的颜色会随季节而改变。春天的时候湖面从翠绿色变为金灿灿的橙红色，这是由于富含矿物质的水体中生活着的藻类和含色素的细菌等微生物。盛夏时节，叶绿素含量相对较低，因此湖水呈现出绚烂的橙色、红色或黄色。但到了数九寒冬，由于缺乏光照，这些微生物就会产生更多的叶绿素来抑制类胡萝卜素的颜色，于是就看到水体呈现深邃的墨绿色。【老忠实间歇泉OldFaithfulGeyser】老忠实间歇泉因其始终如一的有规律地喷发而得名。目前大约每隔60至110分钟喷发一次，每次喷发持续四至五分钟，水柱高达40多米，蔚为壮观，而且从不间断。老忠实游客中心会提前摆出喷发时间表，可以先看好喷发时间，再放心去游览。</w:t>
+              <w:t xml:space="preserve">早晨出发前往羚羊彩穴，途径葛兰峡谷，这里孕育着葛兰峡谷大坝蓄水而成的人工水库&amp;mdash;包伟湖。随后前往世界十大著名摄影地：羚羊彩穴，随着纳瓦霍印第安向导一探他们的保护区。当斑驳的红砂岩经过自然束光折射幻化出艳丽的色彩，流光溢彩，如梦幻的丝绸，而这些只是光与影连袂献出的一场绝佳表演。随后前往马蹄湾：国家地理杂志评选出的美国十大最佳摄影地点之一！科罗拉多河床上密布的水草使得河水在阳光下呈现出荧光般的幽绿，河流于此在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾正是由此而得名。下午抵达世界赌城拉斯韦加斯。行程安排：佩吉&amp;rarr;葛兰峡谷（途经）&amp;rarr;包伟湖皮划艇（自费，60分钟）&amp;rarr;马蹄湾（必付项目，60分钟）&amp;rarr;羚羊彩穴（自费，90分钟）&amp;rarr;拉斯维加斯景点介绍：【马蹄湾HorseshoeBend】马蹄湾&amp;ndash;国家地理杂志评选出的美国十大最佳摄影地点之一！科罗拉多河床上密布的水草使得河水在阳光下呈现出荧光般的幽绿，河流于此在红褐色的峡谷内急转360度，切割出一个马蹄状的峡谷，马蹄湾由此得名。站在峭壁边，沉醉于碧水蓝天红岩钩织出的动人心魄的美。【下羚羊彩穴LowerAntelopeCanyon】下羚羊彩穴位于美国亚利桑纳州北方，是柔软的砂岩经过百万年的各种侵蚀力所形成。季风季节里常出现暴洪流入峡谷中，由于突然暴增的雨量，造成暴洪的流速相当快，加上狭窄通道将河道缩小，因此垂直侵蚀力也相对变大，形成了下羚羊彩穴底部的走廊，以及谷壁上坚硬光滑、如同流水般的边缘。下羚羊彩穴中没有任何人工照明，所有可见的光线均来自于峡谷顶部的裂缝，这些光线经过岩石纹理的反复折射进入谷底，产生出梦幻般不规则的色彩变化，这些色彩由深至浅，七彩斑斓，美轮美奂。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"/>
-[...1376 lines deleted...]
-              <w:t xml:space="preserve">早上可自费跟随经验丰富的导游前往拉斯网红欢迎招牌处打卡留念，然后前往大道上最受欢迎的网红景点&amp;mdash;&amp;mdash;M豆巧克力世界和与其相连的可口可乐主题店，色彩缤纷的巧克力豆、口味奇特的可口可乐、琳琅满目的周边商品，游览过程中深入了解两大巨头的商品文化。您还可以在四层的巧克力世界观看3D电影，在香甜的空气中获得不一样的观影体验。随后来到最新开幕的FlyOverLasVegas，最新的光电技术+电动骑行+4D体验，用不一样的视角来欣赏拉斯维加斯及周边美景。告别赌城，我们前往网红景点&amp;mdash;&amp;mdash;七彩巨石阵。下午抵达巴斯托奥特莱斯尽享购物的乐趣，傍晚时分抵达洛杉矶。行程安排：拉斯网红欢迎招牌打卡&amp;amp;M豆巧克力世界&amp;amp;可口可乐主题店&amp;amp;飞跃拉斯维加斯（自费，90分钟）&amp;rarr;七彩巨石阵（30分钟）&amp;rarr;巴斯托奥特莱斯（120分钟）&amp;rarr;洛杉矶如您选择不参加自费项目，可在酒店內自由活动。景点介绍：【M豆巧克力世界M&amp;M'SLasVegas】这是M豆巧克力世界的首家店铺，1997年在拉斯维加斯大道开业，占地面积28000平方英尺，共有四层，各类缤纷妙趣的M豆巧克力，以及琳琅满目的周边商品等，在一饱眼福的同时享受巧克力的甜蜜丝滑吧！【可口可乐主题店Coca-ColaStoreLasVegas】全球只有两家的可口可乐主题店，满足你对可口可乐的所有幻想！主题店的大门是一个四层楼高的经典可口可乐瓶造型，店铺内各色商品琳琅满目，从玩具、文具、围裙到服装、台灯、饰品，所有的东西都印有&amp;ldquo;可口可乐&amp;rdquo;的商标。这里也是收藏爱好者的天堂，店内出售各个年代不同国家制造的可口可乐，印在瓶身上的各国文字，绝对是最好的纪念品。您还可以在一楼与可口可乐北极熊合影留念。【飞越拉斯维加斯FlyOverLasVegas】飞越拉斯维加斯是亮相在拉斯维加斯大道上的终极飞行之旅！站在52.5英尺宽的球形屏幕前，在最先进技术的加持下，您无需离开拉斯维加斯大道即可滑过广阔的草原和高耸的山峰，潜入河流奔腾的山谷，穿越陆地、海洋和天空，探索狂野的大西部，沉浸式游览特色景点。【七彩巨石阵SevenMagicMountains】一望无垠的内华达州拉斯维加斯远郊的沙漠之中，伫立着7座用彩色石头堆栈起来的柱子，合来就叫做七彩巨石阵（SevenMagicMountains）。这七座9米高的彩虹般的巨石阵，屹立在荒漠中，为沙漠单一的景色中注入了几分活泼的色彩。这里是网红打卡拍照一定不能错过的地方。【巴斯托奥特莱斯OutletsatBarstow】巴斯托奥特莱斯地处沙漠，位于拉斯维加斯到洛杉矶的必经之路上。这家奥特莱斯一线奢侈品牌不是很多，但是二线品牌尤其是美国本土品牌还是较为齐全而且比较集中，服务也是相当不错，逛起来别有一番新体验。</w:t>
+              <w:t xml:space="preserve">带着愉快的心情，从拉斯维加斯返回旧金山。行程安排：拉斯维加斯&amp;rarr;拉斯网红欢迎招牌打卡（必付项目，20-30分钟）&amp;rarr;旧金山</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -1892,83 +515,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.行程中的午餐、晚餐及部分早餐；2.往返出发地的交通费用；3.服务费：每人每天$12，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述YG必付费用YGMandatoryFee每人：$205.00包含：黄石国家公园、大提顿国家公园、大盐湖、峡谷地国家公园、拱门国家公园、纪念碑谷、马蹄湾、拉斯维加斯酒店ResortFee/DestinationFee价格：$205/人下羚羊彩穴LowerAntelopeCanyon成人（3岁及以上）：$98.00儿童（3岁以下）：$20.00包含当地接送及向导服务费纪念碑谷吉普车（90分钟）MonumentValleyJeep每人：$65.00拉斯维加斯城市夜游LasVegasNightTour每人：$45.00占座位同价包伟湖皮划艇LakePowellKayaking每人：$115.00费用包含：1.皮划艇、划船桨、救生衣、安全课程；2.每人一副防水鞋套、一个防水手机壳、两瓶瓶装水；3.专业的WFA、CPR-急救认证导游；4.水上活动专业导游小费$6/人。备注：1.两人成行；2.根据当天水流、客人体力等因素，行程时间全程在1-1.5小时；3.4-13岁的儿童可在家长陪同下参加。4岁以下不可参加。4.开放时间：03/20/2025-10/23/2025。成人秀FantasyShow【现付】每人：$85.00场次：10:30pm日期：每天年龄限制：需18岁以上太阳剧团欧秀OShow【现付】每人：$253.00场次：7pm或9:30pm日期：周三、周四、周五、周六、周日年龄限制：儿童需5岁以上秀票价格不适用于圣诞节（12/20/24&amp;ndash;12/31/24）和感恩节（11/27/24&amp;ndash;12/3/24），需等秀场通知。戴维魔术秀(A区)DavidCopperfieldShow【现付】每人：$175.00儿童需5岁以上戴维魔术秀(B区)DavidCopperfieldShow【现付】每人：$160.00或$165.00场次：7pm或9:30pm日期：每天节假日涨价时间：11月22日至26日、12月22日至31日，涨价后价格为$165年龄限制：儿童需5岁以上大卫魔术秀(C区)DavidCopperfieldShow【现付】每人：$150.00或$155.00场次：7pm或9:30pm日期：每天节假日涨价时间：11月22日至26日、12月22日至31日，涨价后价格为$155年龄限制：儿童需5岁以上大卫魔术秀(D区)DavidCopperfieldShow【现付】每人：$123.00或$128.00场次：7pm或9:30pm日期：每天节假日涨价时间：11月22日至26日、12月22日至31日，涨价后价格为$128年龄限制：儿童需5岁以上猛男秀ThunderfromDown【现付】成人：$90.00场次：9pm或11pm（11pm仅限周四、周日）日期：周一、周三、周四、周日年龄限制：需18岁以上蓝人秀BlueManGroup【现付】每人：$110.00场次：8pm日期：每天年龄限制：需5岁以上太阳剧团KA秀KAShow【现付】每人：$135.00场次：7pm或9:30pm日期：周一、周二、周三、周六、周日年龄限制：需5岁以上帝王争霸秀（含晚餐）TournamentofKings【现付】每人：$87.00场次：6pm或8:30pm日期：周四至周一秀票价格不适用于圣诞节（12/20/24&amp;ndash;12/31/24）和感恩节（11/27/24&amp;ndash;12/3/24），需等秀场通知。迈克尔杰克逊模仿秀MichaelJacksonOne【现付】每人：$160.00场次：7pm或9:30pm日期：周四至周一秀票价格不适用于圣诞节（12/20/24&amp;ndash;12/31/24）和感恩节（11/27/24&amp;ndash;12/3/24），需等秀场通知。7天黄石团座位加收费用每人：$90.00限黄石团大巴前三排10个座位</w:t>
+              <w:t xml:space="preserve">1.行程中的午餐、晚餐及部分早餐；2.往返出发地的交通费用；3.服务费：每人每天$15，按预订行程的天数计算，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述YG必付费用YGMandatoryFee每人：$215.00包含：黄石国家公园、大提顿国家公园、大盐湖、峡谷地国家公园、拱门国家公园、纪念碑谷、马蹄湾、拉斯维加斯酒店ResortFee/DestinationFee、拉斯网红欢迎招牌打卡下羚羊彩穴LowerAntelopeCanyon01/01/2026前：成人（4岁及以上）：$98.0001/01/2026起：成人（4岁及以上）：$105.00儿童（0-3岁）：$20.00包含当地接送及向导服务费纪念碑谷吉普车（90分钟）MonumentValleyJeep每人：$65.00包伟湖皮划艇LakePowellKayaking每人：$115.00费用包含：1.皮划艇、划船桨、救生衣、安全课程；2.每人一副防水鞋套、一个防水手机壳、两瓶瓶装水；3.专业的WFA、CPR-急救认证导游；4.水上活动专业导游小费$6/人。备注：1.四人成行；2.根据当天水流、客人体力等因素，行程时间全程在1-1.5小时；3.4-13岁的儿童可在家长陪同下参加。4岁以下不可参加。4.预计开放时间：03/20/2026-10/23/2026。拉斯维加斯夜景游LasVegasNightViewTour每人：$50.00占座位同价云霄酒店旋转餐厅晚餐DinneratTopoftheWorld,theSTRATHotel【现付】每人：$140.00费用包含：前菜、正餐、甜品、不限量无酒精饮品（酒精饮料需自费）、座位费、税、服务费、餐后观景台观光。预定须知：1、此自费项目只接受团上现付；2、由于餐厅座位有限，请您于用餐当天14:00前向导游预订；3、根据餐厅规定，需于16:00到18:00之间抵达餐厅（导游将根据实际交通状况协助安排）；4、若因不可抗力因素（如严重塞车、天气影响等）导致无法如期入场，我们将为您安排退款。成人秀FantasyShow【现付】每人：$85.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(A区)DavidCopperfieldShow【现付】每人：$175.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(B区)DavidCopperfieldShow【现付】每人：$160.00或$165.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(C区)DavidCopperfieldShow【现付】每人：$150.00或$155.00秀票价格会有浮动，所有价格请以实际预定当天为准。大卫魔术秀(D区)DavidCopperfieldShow【现付】每人：$123.00或$128.00秀票价格会有浮动，所有价格请以实际预定当天为准。猛男秀ThunderfromDown【现付】成人：$90.00秀票价格会有浮动，所有价格请以实际预定当天为准。蓝人秀BlueManGroup【现付】每人：01/01/2026前：$110.00每人：01/01/2026起：$99.00秀票价格会有浮动，所有价格请以实际预定当天为准。太阳剧团KA秀KAShow【现付】每人：$135.00秀票价格会有浮动，所有价格请以实际预定当天为准。帝王争霸秀（含晚餐）TournamentofKings【现付】每人：$106.00此项目不可提前预定，需在团上找导游报名。秀票价格会有浮动，所有价格请以实际预定当天为准。迈克尔杰克逊模仿秀MichaelJacksonOne【现付】每人：$160.00秀票价格会有浮动，所有价格请以实际预定当天为准。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%出发前31日及以上0备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。</w:t>
+              <w:t xml:space="preserve">自2026年1月1日起，美国境内11个国家公园将对非美国居民实施入园额外收费政策（请点击蓝色字体查看）。进入以上国家公园时，园区工作人员可能会现场核验游客身份，请美国居民务必随身携带有效身份证明，如美国护照、驾照或绿卡等，以便现场查验。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>