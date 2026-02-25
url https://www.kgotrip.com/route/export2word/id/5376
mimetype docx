--- v0 (2025-10-04)
+++ v1 (2026-02-25)
@@ -111,255 +111,255 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">抵达美国中西部第一大城&amp;mdash;盐湖城，请自行入住酒店。酒店：RadissonHotelSaltLakeCityAirport地址：2177WNorthTempleSt,SaltLakeCity,UT84116,UnitedStates电话：+1(385)341-4904</w:t>
+              <w:t xml:space="preserve">抵达美国中西部第一大城&amp;mdash;盐湖城，您可选择自行入住酒店，酒店信息如下：酒店：RadissonHotelSaltLakeCityAirport地址：2177WNorthTempleSt,SaltLakeCity,UT84116,UnitedStates电话：+1(385)341-4904也可选择24小时付费专车接机服务，付费接机信息如下：付费接机时段：10:00-18:00，价格：$120/单程（限4人及以下，报价包含司机服务费）其余时段：18:01-09:59，价格：$150/单程（限4人及以下，报价包含司机服务费）。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将离开盐湖城，抵达地道的西部牛仔小镇-杰克逊，这里也是世界闻名的度假圣地，千万不要错过市中心的鹿角公园。下午进入大提顿国家公园，万年不化的冰河覆盖在巍峨的大提顿山脉上，宛如仙境。最后抵达世界第一个国家公园&amp;mdash;黄石国家公园。浪漫迷人的黄石湖，蒸气腾腾的各种地热现像不禁让人感叹造物的神奇。傍晚入住西黄石（黄石公园是火山区，地热现象周围由板桥围绕，平均每个景点需步行30分钟，请穿着舒适鞋子）。行程安排：盐湖城&amp;rarr;杰克逊&amp;rarr;鹿角公园（60分钟）&amp;rarr;大提顿国家公园（必付项目，60分钟）&amp;rarr;黄石国家公园（必付项目，40分钟，停留西拇指间歇泉盆地）&amp;rarr;西黄石特别说明：1.黄石国家公园东门预计将于05/02/2025开放，在此之前以下景点：上下瀑布、艺术家点、海登峡谷、泥火山、钓鱼桥、西拇指间歇泉均无法参观游览，敬请谅解；2.黄石国家公园南门预计将于05/10/2025开放，因此05/02/2025-05/09/2025期间西拇指间歇泉仍无法参观游览，敬请谅解。景点介绍：【鹿角公园JacksonTownSquarewithElkAntlerArches】公园不大，在东西南北四个方向有用鹿角搭建成的巨型拱门。鹿角全是尖货，不过这些鹿角可不是捕杀所得，是每年冬天大批的麋鹿从山里来到杰克逊的&amp;ldquo;国家麋鹿保护区&amp;rdquo;过冬，春天鹿角自然脱落再更新，麋鹿走后，遍地留下无数的珍品。【大提顿国家公园GrandTetonNationalPark】大提顿国家公园于1929年2月26日成立。大提顿国家公园内拥有长度达300公里的步道。园内并有以杰克森湖与珍妮湖为首的众多湖泊。大提顿国家公园的大部分区域均位于洛矶山脉内，自然景观十分壮美。此外，大提顿国家公园还拥有极为丰富的生物资源，包括了美洲野牛、灰熊、黑熊、驼鹿等等。【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。</w:t>
+              <w:t xml:space="preserve">今天我们将离开盐湖城，抵达地道的西部牛仔小镇-杰克逊，这里也是世界闻名的度假圣地，千万不要错过市中心的鹿角公园。下午进入大提顿国家公园，万年不化的冰河覆盖在巍峨的大提顿山脉上，宛如仙境。最后抵达世界第一个国家公园&amp;mdash;黄石国家公园。浪漫迷人的黄石湖，蒸气腾腾的各种地热现像不禁让人感叹造物的神奇。傍晚入住西黄石（黄石公园是火山区，地热现象周围由板桥围绕，平均每个景点需步行30分钟，请穿着舒适鞋子）。行程安排：盐湖城&amp;rarr;杰克逊&amp;rarr;鹿角公园（60分钟）&amp;rarr;大提顿国家公园（必付项目，60分钟）&amp;rarr;黄石国家公园（必付项目，40分钟，停留西拇指间歇泉盆地）&amp;rarr;西黄石特别说明：1.黄石国家公园东门预计将于05/02/2026开放，在此之前以下景点：上下瀑布、艺术家点、海登峡谷、泥火山、钓鱼桥、西拇指间歇泉均无法参观游览，敬请谅解；2.黄石国家公园南门预计将于05/10/2026开放，因此05/02/2026-05/09/2026期间西拇指间歇泉仍无法参观游览，敬请谅解。景点介绍：【鹿角公园JacksonTownSquarewithElkAntlerArches】公园不大，在东西南北四个方向有用鹿角搭建成的巨型拱门。鹿角全是尖货，不过这些鹿角可不是捕杀所得，是每年冬天大批的麋鹿从山里来到杰克逊的&amp;ldquo;国家麋鹿保护区&amp;rdquo;过冬，春天鹿角自然脱落再更新，麋鹿走后，遍地留下无数的珍品。【大提顿国家公园GrandTetonNationalPark】大提顿国家公园于1929年2月26日成立。大提顿国家公园内拥有长度达300公里的步道。园内并有以杰克森湖与珍妮湖为首的众多湖泊。大提顿国家公园的大部分区域均位于洛矶山脉内，自然景观十分壮美。此外，大提顿国家公园还拥有极为丰富的生物资源，包括了美洲野牛、灰熊、黑熊、驼鹿等等。【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早晨前往世界上第一座国家公园-黄石公园，我们将有一整天的时间感叹黄石的奇特与美妙。大自然的馈赠在这里展现的淋漓尽致，坐落在最大的超级活火山口上，黄石拥有超过10000个地热现象，200多个瀑布，独特的生态环境孕育了北美最好的巨群野生动物栖息地。行程安排：西黄石&amp;rarr;黄石国家公园（7小时，停留诺里斯间歇泉盆地、上梯田、巨像热泉、峡谷村、上瀑布、艺术家点、海登山谷、泥火山、钓鱼桥等景点，景点安排会根据当天实际情况有调整，请以实际安排为准）&amp;rarr;西黄石特别说明：1.黄石国家公园东门预计将于05/02/2025开放，在此之前以下景点：上下瀑布、艺术家点、海登峡谷、泥火山、钓鱼桥、西拇指间歇泉均无法参观游览，敬请谅解；2.黄石国家公园南门预计将于05/10/2025开放，因此05/02/2025-05/09/2025期间西拇指间歇泉仍无法参观游览，敬请谅解。景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【诺里斯间歇泉盆地YellowstoneNorrisGeyserBasin】诺里斯间歇泉盆地是黄石公园里最热、最不稳定的一系列间歇泉。它长期蛰伏，很久才喷发一次（上次喷发为2008年），曾创造了喷发高度380英尺的记录。此区的间歇泉颜色也颇为丰富，有清澈见底的蓝绿色，也有柔和的像牛奶一样的蓝白色。【艺术家点ArtistPoint】这里的景色特别壮观。峡谷深达三百多尺。峡谷的山壁以黄色为主，参杂着黑色，红色和粉红色，和一丛丛绿色的松树。这些颜色杂而不乱，看起来如开屏的孔雀尾巴，也像浪漫派画家在同一处地方点上了好几层色的点画法一样。【黃石上瀑布UpperYellowstoneFalls】上瀑布位于较大的黄石大瀑布上游400米处。瀑布延着33米落差的火山峭壁垂直而下。瀑布下方原本凹凸的火山岩已被瀑布几百年的冲刷侵蚀的非常平滑。【泥火山MudVolcanoArea】位于黄石公园东部黄石湖北部不远。这里的喷泉喷出的大都不是水，而是泥浆，每次喷发时地动山摇。在泥火山旁，长满色彩艳丽的草，这些草看上去柔嫩至极、绚丽非凡。【海登山谷HaydenValley】海登山谷位于黄石火山口边缘，是一片开阔的草原，地热活动相对较少。由于有河流经过，水草丰茂，因此是黄石公园里野生动物比较多的地区之一，主要的动物有野牛，麋鹿，黑熊、棕熊和土狼等。黄石河常常看得到野鸭、鹈鹕等飞禽。公路边有观景点，常常有许多游客架著望远镜观看动物。</w:t>
+              <w:t xml:space="preserve">早晨前往世界上第一座国家公园-黄石公园，我们将有一整天的时间感叹黄石的奇特与美妙。大自然的馈赠在这里展现的淋漓尽致，坐落在最大的超级活火山口上，黄石拥有超过10000个地热现象，200多个瀑布，独特的生态环境孕育了北美最好的巨群野生动物栖息地。行程安排：西黄石&amp;rarr;黄石国家公园（7小时，停留诺里斯间歇泉盆地、蒸汽船喷泉、上瀑布、艺术家点、峡谷村、海登山谷、泥火山、老忠实间歇泉、喷泉步道、牵牛花等景点，景点安排会根据当天实际情况有调整，请以实际安排为准）&amp;rarr;西黄石特别说明：1.黄石国家公园东门预计将于05/02/2026开放，在此之前以下景点：上下瀑布、艺术家点、海登峡谷、泥火山、西拇指间歇泉均无法参观游览，敬请谅解；2.黄石国家公园南门预计将于05/10/2026开放，因此05/02/2026-05/09/2026期间西拇指间歇泉仍无法参观游览，敬请谅解。景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【诺里斯间歇泉盆地YellowstoneNorrisGeyserBasin】诺里斯间歇泉盆地是黄石公园里最热、最不稳定的一系列间歇泉。它长期蛰伏，很久才喷发一次（上次喷发为2008年），曾创造了喷发高度380英尺的记录。此区的间歇泉颜色也颇为丰富，有清澈见底的蓝绿色，也有柔和的像牛奶一样的蓝白色。【艺术家点ArtistPoint】这里的景色特别壮观。峡谷深达三百多尺。峡谷的山壁以黄色为主，参杂着黑色，红色和粉红色，和一丛丛绿色的松树。这些颜色杂而不乱，看起来如开屏的孔雀尾巴，也像浪漫派画家在同一处地方点上了好几层色的点画法一样。【黄石上瀑布UpperYellowstoneFalls】上瀑布位于较大的黄石大瀑布上游400米处。瀑布延着33米落差的火山峭壁垂直而下。瀑布下方原本凹凸的火山岩已被瀑布几百年的冲刷侵蚀的非常平滑。【泥火山MudVolcanoArea】位于黄石公园东部黄石湖北部不远。这里的喷泉喷出的大都不是水，而是泥浆，每次喷发时地动山摇。在泥火山旁，长满色彩艳丽的草，这些草看上去柔嫩至极、绚丽非凡。【海登山谷HaydenValley】海登山谷位于黄石火山口边缘，是一片开阔的草原，地热活动相对较少。由于有河流经过，水草丰茂，因此是黄石公园里野生动物比较多的地区之一，主要的动物有野牛，麋鹿，黑熊、棕熊和土狼等。黄石河常常看得到野鸭、鹈鹕等飞禽。公路边有观景点，常常有许多游客架著望远镜观看动物。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将继续感受大黄石生态圈的秀美。神秘静谧的森林，浪漫迷人的黄石湖，雾气腾腾的河流都让人不禁感叹大自然的神奇。七彩缤纷大棱镜热泉、五颜六色调色板、世界闻名老忠实、浪漫迷人的黄石湖、雄伟秀丽的黄石大峡谷、万马奔腾的上瀑布、五彩缤纷雾气腾腾的诺里斯，近距离观赏野生动物&amp;hellip;下午抵达大盐湖，大盐湖是史前邦纳维尔湖的最大残余部分，是西半球最大的咸水湖，由于是内陆湖，湖水蒸发，导致矿物物质持续增多，盐度很高，成为鸟类，卤虫及其他动物们的天堂。行程安排:西黄石&amp;rarr;黄石国家公园（3小时，前往调色盘、大棱镜温泉、老忠实间歇泉、喷泉步道、牵牛花等景点，根据当天实际情况导游会有所调整，请以实际安排为准）&amp;rarr;黄石熊世界（自费，60分钟）&amp;rarr;大盐湖（必付项目，20分钟）&amp;rarr;盐湖城景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【黄石熊世界YellowstoneBearWorld】黄石公园熊世界位于爱达荷州雷克斯堡镇，建于1998年，是大黄石唯一的驱车穿越的野生动物保护地。公园供游客观赏的稀有动物有灰熊、黑熊、灰狼等北美珍贵动物。据说，有接近100只灰熊。这里还有商店、导游和喂熊等小动物等表演。【大盐湖GreatSaltLake】大盐湖是世界第二大咸水湖，也是北美洲最大的内陆盐湖，它位于美国犹他州西部，东边是落基山脉，西边是沙漠，由10座岛屿组成。同时它也是野生动物保护区，每年吸引了数百万的候鸟。这里湖水的含盐量高达25%，仅次于死海，湖中只有一些可耐高度盐性的藻类可以生存。</w:t>
+              <w:t xml:space="preserve">今天我们将继续感受大黄石生态圈的秀美。神秘静谧的森林，浪漫迷人的黄石湖，雾气腾腾的河流都让人不禁感叹大自然的神奇。七彩缤纷大棱镜热泉、五颜六色调色板、浪漫迷人的黄石湖、雄伟秀丽的黄石大峡谷、万马奔腾的上瀑布、五彩缤纷雾气腾腾的诺里斯，近距离观赏野生动物&amp;hellip;下午抵达大盐湖，大盐湖是史前邦纳维尔湖的最大残余部分，是西半球最大的咸水湖，由于是内陆湖，湖水蒸发，导致矿物物质持续增多，盐度很高，成为鸟类，卤虫及其他动物们的天堂。行程安排:西黄石&amp;rarr;黄石国家公园（3小时，前往调色盘、大棱镜温泉等景点，根据当天实际情况导游会有所调整，请以实际安排为准）&amp;rarr;黄石熊世界（自费，60分钟）&amp;rarr;大盐湖（必付项目，20分钟）&amp;rarr;盐湖城景点介绍：【黄石国家公园YellowstoneNationalPark】地处号称"美洲脊梁"的洛矶山脉，位于美国西部北洛矶山和中洛矶山之间的熔岩高原上。地热奇观是他的标志，一片由水与火锤炼而成的大地原始景观，园内自然景观分为五大区，即猛犸区、罗斯福区、峡谷区、间歇泉区和湖泊区，五个景区各具特色。超出了人类艺术所能表现的极限，是地球表面上最精彩、最壮观的美景。【黄石熊世界YellowstoneBearWorld】黄石公园熊世界位于爱达荷州雷克斯堡镇，建于1998年，是大黄石唯一的驱车穿越的野生动物保护地。公园供游客观赏的稀有动物有灰熊、黑熊、灰狼等北美珍贵动物。据说，有接近100只灰熊。这里还有商店、导游和喂熊等小动物等表演。【大盐湖GreatSaltLake】大盐湖是世界第二大咸水湖，也是北美洲最大的内陆盐湖，它位于美国犹他州西部，东边是落基山脉，西边是沙漠，由10座岛屿组成。同时它也是野生动物保护区，每年吸引了数百万的候鸟。这里湖水的含盐量高达25%，仅次于死海，湖中只有一些可耐高度盐性的藻类可以生存。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天，将前往盐湖城市区犹他州议会大厦参观，整个建筑的规模和形制可与华盛顿的国会山庄相媲美。之后前往圣殿广场，感受全球摩门教的大本营。游玩结束后，搭乘酒店班车前往机场，结束愉快的黄石公园-盐湖城美好旅程。行程安排：盐湖城&amp;rarr;犹他州议会大厦（30分钟）&amp;rarr;圣殿广场（40分钟）&amp;rarr;盐湖城国际机场(SLC)行程当日可加订博纳维尔盐滩半日游(价格:$98/人)，感受天空之镜的澄澈与宁静！送机信息：盐湖城国际机场(SLC)1.直接离团的客人：导游将安排轻轨、酒店接驳车或Uber送机，请预定13:00以后起飞的航班。2.参加博纳维尔盐滩半日游后离团的客人：请预定17:00后起飞的美国国内航班，18:00后起飞的国际航班。景点介绍：【犹他州议会大厦UtahStateCapitol】犹他州政府议会大厦坐落于盐湖城，整个建筑的规模和形制可与华盛顿的国会山庄相媲美。州政府大楼顶部是拜占庭式的圆顶，在太阳光的照耀下光彩夺目绚丽辉煌。大厦内部更加富丽堂皇，精雕细琢。墙壁是光洁的大理石，天花板绘有精美的壁画，无数雕工精细的人物塑像伫立其中，栩栩如生。另外由于犹他州别名&amp;ldquo;蜂房州&amp;rdquo;，大厦门前的显眼处便摆了一座蜂房的雕塑，是来到此处的游客不可不合影的景点之一。【圣殿广场TempleSquare】犹他州盐湖城是全球摩门教的大本营，是犹他州盐湖城市中心一组属于耶稣基督后期圣徒教会（摩门教）总部的建筑群，包括盐湖城圣殿、盐湖城大礼拜堂、盐湖城聚会堂、海鸥纪念碑和两个游客中心，占地10英亩。</w:t>
+              <w:t xml:space="preserve">今天，将前往盐湖城市区犹他州议会大厦参观，整个建筑的规模和形制可与华盛顿的国会山庄相媲美。之后前往圣殿广场，感受全球摩门教的大本营。游玩结束后，搭乘酒店班车前往机场，结束愉快的黄石公园-盐湖城美好旅程。行程安排：盐湖城&amp;rarr;犹他州议会大厦（30分钟）&amp;rarr;圣殿广场（40分钟）&amp;rarr;盐湖城国际机场(SLC)行程当日可加订博纳维尔盐滩半日游(价格:$108/人)，感受天空之镜的澄澈与宁静！送机信息：盐湖城国际机场(SLC)1.直接离团的客人：导游将安排轻轨、酒店接驳车或Uber送机，请预定13:00以后起飞的航班。2.参加博纳维尔盐滩半日游后离团的客人：请预定18:30后起飞的美国国内航班，19:30后起飞的国际航班。景点介绍：【犹他州议会大厦UtahStateCapitol】犹他州政府议会大厦坐落于盐湖城，整个建筑的规模和形制可与华盛顿的国会山庄相媲美。州政府大楼顶部是拜占庭式的圆顶，在太阳光的照耀下光彩夺目绚丽辉煌。大厦内部更加富丽堂皇，精雕细琢。墙壁是光洁的大理石，天花板绘有精美的壁画，无数雕工精细的人物塑像伫立其中，栩栩如生。另外由于犹他州别名&amp;ldquo;蜂房州&amp;rdquo;，大厦门前的显眼处便摆了一座蜂房的雕塑，是来到此处的游客不可不合影的景点之一。【圣殿广场TempleSquare】犹他州盐湖城是全球摩门教的大本营，是犹他州盐湖城市中心一组属于耶稣基督后期圣徒教会（摩门教）总部的建筑群，包括盐湖城圣殿、盐湖城大礼拜堂、盐湖城聚会堂、海鸥纪念碑和两个游客中心，占地10英亩。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -413,83 +413,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.行程中的午餐、晚餐及部分早餐；2.往返出发地的交通费用；3.4天服务费：每人每天$15，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述“天空之镜”博纳维尔盐滩半日游（BSF1）成人：$98.00儿童：$98.00Y3-Y5/YB3-YB5必付费用Y3-Y5/YB3-YB5MandatoryFee每人：$100.00包含大提顿国家公园、黄石国家公园、大盐湖黄石熊世界YellowstoneBearWorld成人：$27.00儿童（3-10岁）：$14.00包含：税费、黄石熊世界工作人员服务费成团人数限制：25人起成团</w:t>
+              <w:t xml:space="preserve">1.行程中的午餐、晚餐及部分早餐；2.往返出发地的交通费用；3.4天服务费：每人每天$15，大人小孩同价；4.个人费用（如餐费，电话费，收费电视等一切个人消费）；5.行程中的必付项目和自费项目；6.费用包含中未列出的其他费用。自费项目项目名称价格说明描述“天空之镜”博纳维尔盐滩半日游（BSF1）成人：$108.00儿童：$108.00两人成团，保证出发Y3-Y5/YB3-YB5必付费用Y3-Y5/YB3-YB5MandatoryFee每人：$100.00包含：大提顿国家公园、黄石国家公园、大盐湖黄石熊世界YellowstoneBearWorld成人：$27.00儿童（3-10岁）：$14.00包含：税费、黄石熊世界工作人员服务费成团人数限制：25人起成团</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%出发前31日及以上0备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。【退改说明】行程开始前违约金（占比公布零售价）出发前7日(含)内100%出发前8日(含)至14日(含)50%出发前15日(含)至30日(含)30%出发前31日及以上0备注：1.出发当日未能准时参加者，作自动放弃论，已付团费概不退还。2.其他加定酒店或服务需参照酒店规定而确定是否能退款。3.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或末能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。4.如遇天气、战争、罢工等人力不可抗拒因素而导致无法游览，纵横将尽力保护客人人身及其财产的安全，有权利取消或调整部分或全部行程，不承担任何因不可抗力引起的直接或间接责任，已支付的团费概不退还。</w:t>
+              <w:t xml:space="preserve">自2026年1月1日起，美国境内11个国家公园将对非美国居民实施入园额外收费政策（请点击蓝色字体查看）。进入以上国家公园时，园区工作人员可能会现场核验游客身份，请美国居民务必随身携带有效身份证明，如美国护照、驾照或绿卡等，以便现场查验。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>