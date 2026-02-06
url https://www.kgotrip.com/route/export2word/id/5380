--- v0 (2025-11-10)
+++ v1 (2026-02-06)
@@ -111,102 +111,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将深度游览美国政治中心&amp;mdash;&amp;mdash;首都华盛顿特区。在导游的带领下游览DC著名景点，亲临国会大厦、白宫等经常出现在电视屏幕上的美国地标建筑。行程安排：纽约&amp;rarr;华盛顿特区&amp;rarr;外观国会大厦+国家广场（30分钟）&amp;rarr;白宫（外观，20分钟）&amp;rarr;林肯纪念堂、韩战纪念广场、越战纪念墙（50分钟）&amp;rarr;空军纪念碑（20分钟，远观五角大楼）&amp;rarr;纽约景点介绍：【国会大厦U.S.Capitol】作为美国的政治中心，华盛顿拥有着众多标志性的政治文化景观，如国会大厦，美国联邦最高法院等。国会由参议院和众议院组成，是民有、民治、民享政权的最高象征。作为美国的重要标志性建筑，国会大厦伴随合众国历经了艰难曲折的道路。【国家广场NationalMall】被众多宏伟的国家博物馆、壮观的标志性建筑和令人惊叹的纪念碑环绕的国家广场，位于华盛顿特区最中心的地带，是国家首都的心脏。这里每年举办近3000场典礼活动，吸引来自世界各地的访客多达2500万次。漫步在被绿树簇拥的林荫大道上，感受过去、现在和未来的交汇，领悟政治、历史与人类文明的启迪。【白宫TheWhiteHouse】白宫是一幢白色的新古典风格砂岩建筑物，占地7.3万多平方米，由主楼和东、西两翼三部分组成。白宫是历任美国总统的办公和居住之地，也是美国政府的代名词。美国很多重要决策议案都是由总统在白宫签署和发出声明。美国开国元勋乔治华盛顿对美国总统官邸的建造曾发表过他的观点：它决不能是一座宫殿，决不能豪华，因为在这里工作的主人是国家仆人。【林肯纪念堂LincolnMemorial】林肯纪念堂是一座通体洁白的古希腊神殿式建筑，为纪念美国第16届总统亚伯拉罕&amp;middot;林肯而建，被视为美国永恒的塑像和华盛顿的标志。这里也是追求和平民主最著名的集会地，马丁&amp;middot;路德&amp;middot;金就在这里发表了演说《我有一个梦想》。【韩战纪念广场KoreanWarVeteransMemorial】韩战纪念广场位于华盛顿特区国家广场林肯纪念堂附近，于1995年7月27日落成，是为了纪念在朝鲜战争三年期间在美国军队服役的580万美国人的牺牲。广场由四部分组成，一部分是19个与真人尺度相仿的美国军人雕塑群；第二部分是一座黑色的花岗岩纪念墙；第三部分是一个反思池；第四部分在壁画左侧是一条人行道，上面列出了22个在朝鲜战争中向联合国派遣部队的国家。【越战纪念墙VietnamVeteransMemorial】越战纪念墙位于林肯纪念堂北部，该纪念碑由用黑色花岗岩砌成的长500英尺的V字型碑体构成，用于纪念越战时期服役于越南期间战死的美国士兵和将官，闪闪生辉的黑色大理石墙上依每个人战死的日期为序，刻着美军57000多名1959年至1975年间在越南战争中阵亡者的名字。【空军纪念碑TheUnitedStatesAirForceMemorial】美国空军纪念碑碑毗邻五角大楼，北边紧邻阿灵顿国家公墓。纪念碑主体由高约82米，总重1.7万吨的三根弧形钢柱组成，模拟的是美国空军"雷鸟"特技表演队战机在空中形成的高难度表演造型。纪念碑下还矗立着四尊胸佩勋章的美国军人的雕像，两侧立有空军仪仗队铜像及历次战争阵亡的失踪者名单纪念墙。【五角大楼ThePentagon】五角大楼因建筑物为五角形而得名，作为美国国防部办公大楼，它也是世界上中最大的办公大楼之一，占地面积650万平方英尺，约为帝国大厦的三倍。2001年，一架被劫持的客机坠毁于此，发生了震惊世界的“9.11恐怖袭击事件”，引人深省。行程中我们也将前往911纪念广场，作为城市历史上悲痛的一笔，来到此地也时刻警醒着我们要尊重生命，反对战争，维护和平！</w:t>
-[...50 lines deleted...]
-              <w:t xml:space="preserve">今天我们将深度游览美国政治中心&amp;mdash;&amp;mdash;首都华盛顿特区。在导游的带领下游览DC著名景点，亲临国会大厦、白宫等经常出现在电视屏幕上的美国地标建筑。行程安排：纽约&amp;rarr;华盛顿特区&amp;rarr;外观国会大厦+国家广场（30分钟）&amp;rarr;白宫（外观，20分钟）&amp;rarr;林肯纪念堂+越战纪念墙（50分钟）&amp;rarr;空军纪念碑（20分钟，远观五角大楼）&amp;rarr;纽约景点介绍：【国会大厦U.S.Capitol】作为美国的政治中心，华盛顿拥有着众多标志性的政治文化景观，如国会大厦，美国联邦最高法院等。国会由参议院和众议院组成，是民有、民治、民享政权的最高象征。作为美国的重要标志性建筑，国会大厦伴随合众国历经了艰难曲折的道路。【国家广场NationalMall】被众多宏伟的国家博物馆、壮观的标志性建筑和令人惊叹的纪念碑环绕的国家广场，位于华盛顿特区最中心的地带，是国家首都的心脏。这里每年举办近3000场典礼活动，吸引来自世界各地的访客多达2500万次。漫步在被绿树簇拥的林荫大道上，感受过去、现在和未来的交汇，领悟政治、历史与人类文明的启迪。【白宫TheWhiteHouse】白宫是一幢白色的新古典风格砂岩建筑物，占地7.3万多平方米，由主楼和东、西两翼三部分组成。白宫是历任美国总统的办公和居住之地，也是美国政府的代名词。美国很多重要决策议案都是由总统在白宫签署和发出声明。美国开国元勋乔治华盛顿对美国总统官邸的建造曾发表过他的观点：它决不能是一座宫殿，决不能豪华，因为在这里工作的主人是国家仆人。【林肯纪念堂LincolnMemorial】林肯纪念堂是一座通体洁白的古希腊神殿式建筑，为纪念美国第16届总统亚伯拉罕&amp;middot;林肯而建，被视为美国永恒的塑像和华盛顿的标志。这里也是追求和平民主最著名的集会地，马丁&amp;middot;路德&amp;middot;金就在这里发表了演说《我有一个梦想》。【越战纪念墙VietnamVeteransMemorial】越战纪念墙位于林肯纪念堂北部，该纪念碑由用黑色花岗岩砌成的长500英尺的V字型碑体构成，用于纪念越战时期服役于越南期间战死的美国士兵和将官，闪闪生辉的黑色大理石墙上依每个人战死的日期为序，刻着美军57000多名1959年至1975年间在越南战争中阵亡者的名字。【空军纪念碑TheUnitedStatesAirForceMemorial】美国空军纪念碑碑毗邻五角大楼，北边紧邻阿灵顿国家公墓。纪念碑主体由高约82米，总重1.7万吨的三根弧形钢柱组成，模拟的是美国空军"雷鸟"特技表演队战机在空中形成的高难度表演造型。纪念碑下还矗立着四尊胸佩勋章的美国军人的雕像，两侧立有空军仪仗队铜像及历次战争阵亡的失踪者名单纪念墙。【五角大楼ThePentagon】五角大楼因建筑物为五角形而得名，作为美国国防部办公大楼，它也是世界上中最大的办公大楼之一，占地面积650万平方英尺，约为帝国大厦的三倍。2001年，一架被劫持的客机坠毁于此，发生了震惊世界的“9.11恐怖袭击事件”，引人深省。行程中我们也将前往911纪念广场，作为城市历史上悲痛的一笔，来到此地也时刻警醒着我们要尊重生命，反对战争，维护和平！</w:t>
+              <w:t xml:space="preserve">今天我们将深度游览美国政治中心&amp;mdash;&amp;mdash;首都华盛顿特区。在导游的带领下游览DC著名景点，亲临国会大厦、白宫等经常出现在电视屏幕上的美国地标建筑。行程安排：纽约&amp;rarr;华盛顿特区&amp;rarr;外观国会大厦+国家广场（30分钟）&amp;rarr;白宫（外观，20分钟）&amp;rarr;林肯纪念堂+越战纪念墙（50分钟）&amp;rarr;空军纪念碑（20分钟，远观五角大楼）&amp;rarr;纽约景点介绍：【美国国会大厦USCapitol】作为美国的政治中心，华盛顿拥有着众多标志性的政治文化景观，如国会大厦，美国联邦最高法院等。国会由参议院和众议院组成，是民有、民治、民享政权的最高象征。作为美国的重要标志性建筑，国会大厦伴随合众国历经了艰难曲折的道路。【国家广场NationalMall】被众多宏伟的国家博物馆、壮观的标志性建筑和令人惊叹的纪念碑环绕的国家广场，位于华盛顿特区最中心的地带，是国家首都的心脏。这里每年举办近3000场典礼活动，吸引来自世界各地的访客多达2500万次。漫步在被绿树簇拥的林荫大道上，感受过去、现在和未来的交汇，领悟政治、历史与人类文明的启迪。【白宫TheWhiteHouse】白宫是一幢白色的新古典风格砂岩建筑物，占地7.3万多平方米，由主楼和东、西两翼三部分组成。白宫是历任美国总统的办公和居住之地，也是美国政府的代名词。美国很多重要决策议案都是由总统在白宫签署和发出声明。美国开国元勋乔治华盛顿对美国总统官邸的建造曾发表过他的观点：它决不能是一座宫殿，决不能豪华，因为在这里工作的主人是国家仆人。【林肯纪念堂LincolnMemorial】林肯纪念堂是一座通体洁白的古希腊神殿式建筑，为纪念美国第16届总统亚伯拉罕&amp;middot;林肯而建，被视为美国永恒的塑像和华盛顿的标志。这里也是追求和平民主最著名的集会地，马丁&amp;middot;路德&amp;middot;金就在这里发表了演说《我有一个梦想》。【越战纪念墙VietnamVeteransMemorial】越战纪念墙位于林肯纪念堂北部，该纪念碑由用黑色花岗岩砌成的长500英尺的V字型碑体构成，用于纪念越战时期服役于越南期间战死的美国士兵和将官，闪闪生辉的黑色大理石墙上依每个人战死的日期为序，刻着美军57000多名1959年至1975年间在越南战争中阵亡者的名字。【空军纪念碑TheUnitedStatesAirForceMemorial】美国空军纪念碑碑毗邻五角大楼，北边紧邻阿灵顿国家公墓。纪念碑主体由高约82米，总重1.7万吨的三根弧形钢柱组成，模拟的是美国空军"雷鸟"特技表演队战机在空中形成的高难度表演造型。纪念碑下还矗立着四尊胸佩勋章的美国军人的雕像，两侧立有空军仪仗队铜像及历次战争阵亡的失踪者名单纪念墙。【五角大楼ThePentagon】五角大楼因建筑物为五角形而得名，作为美国国防部办公大楼，它也是世界上中最大的办公大楼之一，占地面积650万平方英尺，约为帝国大厦的三倍。2001年，一架被劫持的客机坠毁于此，发生了震惊世界的“9.11恐怖袭击事件”，引人深省。行程中我们也将前往911纪念广场，作为城市历史上悲痛的一笔，来到此地也时刻警醒着我们要尊重生命，反对战争，维护和平！</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -260,83 +209,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.餐饮；2.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；3.服务费（每人每天最低支付US$12，儿童及占座婴儿均按成人标准支付）；4.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述</w:t>
+              <w:t xml:space="preserve">1.餐饮；2.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；3.服务费（每人每天最低支付US$15，儿童及占座婴儿均按成人标准支付）；4.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>