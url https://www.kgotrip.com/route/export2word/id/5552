--- v0 (2025-10-22)
+++ v1 (2026-02-25)
@@ -111,51 +111,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">坐落于密歇根湖湖畔的芝加哥是美国第三大城市，同时也是全美最佳建筑典范城市，许多建筑朝圣者慕名前来的圣地，这里有许多地标性的展馆、建筑、公园和美食&amp;mdash;&amp;mdash;&amp;mdash;世界闻名的城市园林-千禧公园；奇伟设计-云之门，巨城之镜看城市倩影；世界最大的人工喷泉-白金汉喷泉；还有NBA公牛队主场、艺术博物馆、壮丽一英里等美景都是大家心之向往的地方。行程安排：千禧公园&amp;amp;云门（20分钟）&amp;rarr;格兰特公园（10分钟）&amp;rarr;芝加哥大剧院（车览）&amp;rarr;芝加哥艺术博物馆（自费，120分钟）&amp;rarr;老水塔（10分钟）&amp;rarr;密西根大道（车览）&amp;rarr;芝加哥建筑游船（自费，75分钟，季节性，游船关闭则不能参加）&amp;rarr;360芝加哥（自费，75分钟）行程中途经：白金汉喷泉，海军码头，玉米大楼，川普大厦，威利斯塔景点介绍：【千禧公园MillenniumPark】千禧公园是芝加哥的一座大型城市公园，公园的一边是芝加哥最繁华的密西根大街，另一边则是风景秀丽的密西根湖。置身公园中，处处可见后现代建筑风格的印记，因此也有专业人士将此公园视为展现后现代建筑风格的集中地。其中露天音乐厅、云门和皇冠喷泉则是千禧公园中最具代表的三大后现代建筑。【格兰特公园GrantPark】芝加哥著名的格兰特公园坐落于城市商业中心地带。1901年为纪念美国总统尤利西斯∙S∙格兰特更名为格兰特公园。园内有众多景观，举办过多次大型活动，被称为&amp;ldquo;芝加哥的前院&amp;rdquo;。【芝加哥艺术博物馆TheArtInstituteofChicago】芝加哥艺术博物馆创建于1891年，既是世界上最古老的美术展览馆之一，也是当今美国三大美术馆之一。馆内收藏了上下五千年、纵横五大洲的艺术珍品，简直可以称为是万国博物馆。尤其是法国印象派画家的代表作享誉世界，雷诺瓦、毕卡索、梵古等一代宗师的巨作价值连城，就连盘踞于大门两侧的青铜狮子塑像也成了芝城的标志。景点介绍：【芝加哥建筑游船ChicagoArchitecturalCruise】坐着游船，欣赏芝加哥的建筑森林，绝对是你在芝加哥的必游项！岸线市的沿河观光，全程大概75分钟，由专业又风趣的导游做向导。你除了会看到芝加哥那些著名的地标建筑，了解它们的故事，还能近距离的感受芝加哥河的美。海军码头和密西根街大桥每天都有多个轮渡班次。【360芝加哥360Chicago】约翰汉考克中心位于芝加哥密西根大街一侧，又称&amp;ldquo;芝加哥360&amp;deg;&amp;rdquo;，完工于1969年，是当时纽约之外全世界最高的摩天大楼。站在94层放眼望去，视野范围将达到128公里，伊利诺州、印第安那州、密西根州和威斯康辛州四个州的景色尽收眼底。</w:t>
+              <w:t xml:space="preserve">坐落于密歇根湖湖畔的芝加哥是美国第三大城市，同时也是全美最佳建筑典范城市，许多建筑朝圣者慕名前来的圣地，这里有许多地标性的展馆、建筑、公园和美食&amp;mdash;&amp;mdash;&amp;mdash;世界闻名的城市园林-千禧公园；奇伟设计-云之门，巨城之镜看城市倩影；世界最大的人工喷泉-白金汉喷泉；还有川普大厦、360芝加哥、芝加哥艺术博物馆等美景都是大家心之向往的地方。行程安排：千禧公园&amp;amp;云门（20分钟）&amp;rarr;芝加哥建筑美学巡礼（必付项目，100分钟）&amp;rarr;芝加哥艺术博物馆（自费，120分钟）&amp;rarr;360芝加哥（自费，75分钟）芝加哥建筑美学巡礼：第一站：密歇根大道及周边景点：芝加哥论坛报大楼&amp;rarr;自由之翼雕塑&amp;rarr;St.RegisTower&amp;rarr;瑞格利大楼&amp;rarr;杜萨布尔桥&amp;rarr;川普大厦第二站：麦当劳总部&amp;amp;联合中心第三站：芝加哥期货交易所大楼&amp;rarr;芝加哥联邦储备银行&amp;rarr;芝加哥艺术学院第四站：格兰特公园&amp;amp;白金汉喷泉途径：市政歌剧院、CME集团大楼、威利斯大厦温馨提示：芝加哥建筑美学巡礼景点均为外观，且游览方式为车游+轻徒步，对客人体力要求适中。景点介绍：【千禧公园MillenniumPark】千禧公园是芝加哥的一座大型城市公园，公园的一边是芝加哥最繁华的密西根大街，另一边则是风景秀丽的密西根湖。置身公园中，处处可见后现代建筑风格的印记，因此也有专业人士将此公园视为展现后现代建筑风格的集中地。其中露天音乐厅、云门和皇冠喷泉则是千禧公园中最具代表的三大后现代建筑。【格兰特公园GrantPark】芝加哥著名的格兰特公园坐落于城市商业中心地带。1901年为纪念美国总统尤利西斯∙S∙格兰特更名为格兰特公园。园内有众多景观，举办过多次大型活动，被称为&amp;ldquo;芝加哥的前院&amp;rdquo;。【芝加哥艺术博物馆TheArtInstituteofChicago】芝加哥艺术博物馆创建于1891年，既是世界上最古老的美术展览馆之一，也是当今美国三大美术馆之一。馆内收藏了上下五千年、纵横五大洲的艺术珍品，简直可以称为是万国博物馆。尤其是法国印象派画家的代表作享誉世界，雷诺瓦、毕卡索、梵谷等一代宗师的巨作价值连城，就连盘踞于大门两侧的青铜狮子塑像也成了芝城的标志。景点介绍：【芝加哥建筑美学巡礼AtourofChicago'sarchitecturalaesthetics】这是一场由专业导览引领的深度建筑探索之旅，带领宾客走进芝加哥建筑艺术的核心，有了这场建筑美学巡礼，游客将不只是&amp;ldquo;打卡&amp;rdquo;，而是真正理解并欣赏芝加哥建筑所蕴含的文化底蕴与设计理念，从而拥有更具深度与价值的芝加哥观光体验。【360芝加哥360Chicago】约翰汉考克中心位于芝加哥密西根大街一侧，又称&amp;ldquo;芝加哥360&amp;deg;&amp;rdquo;，完工于1969年，是当时纽约之外全世界最高的摩天大楼。站在94层放眼望去，视野范围将达到128公里，伊利诺州、印第安那州、密西根州和威斯康辛州四个州的景色尽收眼底。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -209,83 +209,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.餐饮；2.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；3.服务费（每人每天最低支付US$12，儿童及占座婴儿均按成人标准支付）；4.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述芝加哥艺术博物馆TheArtInstituteofChicago成人：$32.00老人(65岁以上)：$26.00儿童(14岁以下)：$26.00芝加哥建筑游船ChicagoArchitecturalCruise成人：工作日：$60.00，周末：$66.00老人(65+岁)：工作日：$60.00，周末：$66.00儿童(3-12岁)：工作日：$48.00，周末：$54.00360芝加哥360Chicago成人：$35.00老人(65+岁)：$35.00儿童(3-11岁)：$23.00</w:t>
+              <w:t xml:space="preserve">1.餐饮；2.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；3.服务费（每人每天最低支付US$15，儿童及占座婴儿均按成人标准支付）；4.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目：芝加哥建筑美学巡礼AtourofChicago'sarchitecturalaesthetics每人：$45.00芝加哥艺术博物馆TheArtInstituteofChicago成人：$32.00老人(65岁以上)：$26.00儿童(14岁以下)：$26.00360芝加哥360Chicago成人：$35.00老人(65+岁)：$35.00儿童(3-11岁)：$23.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>