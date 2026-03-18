--- v0 (2025-12-17)
+++ v1 (2026-03-18)
@@ -111,51 +111,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">接机信息：1.芝加哥奥黑尔国际机场(ORD)参团当日团体免费机场接机时间：9:00AM-9:00PM，需要在机场等候其他旅客。2.个人自费接机：24小时，随接随走，第1、2人$140美元，每增加1人，加美金$10元。第一日行程仅供参考，具体安排以您的航班抵达时间为准。由原居地飞往芝加哥，导游在机场行李提取处（BaggageClaim）等候，定时班车送往酒店休息。15:00前到达集合点，免费送往FashionOutlets自由购物。17:00前到达酒店，可以自费参加夜游（150分钟），夜游需四人成行。景点介绍：【芝加哥夜游ChicagoNightTour】从千禧公园的皇冠喷泉开始，下一站是密歇根大道，您可以在此看华丽一英裡的夜色繁华并在芝加哥河边漫步欣赏河边夜景。最后一站前往密歇根湖边欣赏芝加哥世界级的城市天际线。行程安排：格兰特公园白金汉喷泉（20分钟）→密歇根大道壮丽一英里（30分钟）→密歇根湖畔天文台（20分钟）</w:t>
+              <w:t xml:space="preserve">接机信息：1.芝加哥奥黑尔国际机场(ORD)参团当日团体免费机场接机时间：9:00AM-9:00PM，需要在机场等候其他旅客。2.个人自费接机：24小时，随接随走，第1、2人$140美元，每增加1人，加美金$10元。第一日行程仅供参考，具体安排以您的航班抵达时间为准。由原居地飞往芝加哥，导游在机场行李提取处（BaggageClaim）等候，定时班车送往酒店休息。17:00前到达酒店，可以自费参加夜游（150分钟），夜游需四人成行。景点介绍：【芝加哥夜游ChicagoNightTour】从千禧公园的皇冠喷泉开始，下一站是密歇根大道，您可以在此看华丽一英裡的夜色繁华并在芝加哥河边漫步欣赏河边夜景。最后一站前往密歇根湖边欣赏芝加哥世界级的城市天际线。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -213,204 +213,204 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天上午继续前往田纳西，驱车穿越大雾山，栖息于此的动物种类繁多，不可胜数，单熊类就约有1500多种，一睹熊之风采的机会多多。之后游览加特林堡，乘坐登山缆车，上到顶峰。随后前往鸽子谷，您可以自费参观为纪念&amp;ldquo;泰坦尼克号&amp;rdquo;沉没事件而建的泰坦尼克博物馆，欣赏当地最著名的大型马术歌舞表演。行程安排：大雾山国家公园深度游（自费，含NewfoundGap观景台）&amp;rarr;加特林堡（100分钟）&amp;rarr;大雾山缆车（自费，20分钟）&amp;rarr;鸽子谷&amp;rarr;泰坦尼克博物馆（自费，60分钟）&amp;rarr;&amp;ldquo;南方盛宴&amp;rdquo;大型马术晚宴秀（自费，120分钟）景点介绍：【大雾山国家公园深度游GreatSmokyMountainNationalParkIn-depthTour】大雾山大约是在一万年前的冰期末形成的。每年有大约一千万游客，是美国游人最多的国家公园。森林蒸腾出的水蒸气形成浓雾，环绕于群山之间、充斥于峡谷之中。公园各处的标语都建议游客去一睹这个&amp;ldquo;容颜未改的世界&amp;rdquo;。这里犹如人间仙境，室外桃园，地处海拔5046尺的360度开放观景台，可以登高望远，一览众山小。给大家带来视觉享受以及大山的新鲜空气。【加特林堡Gatlinburg】位于田纳西州的加特林堡，是一个远近闻名的旅游胜地，它因早期印第安人居住而存在，因大雾山成为国家公园而得到发展，每年上千万旅游者到访大雾山使它成为名闻遐迩的旅游小镇。加特林堡就在大雾山主峰脚下，上大雾山主峰观光或到大雾山滑雪的爱好者，必先到加特林堡落脚，或者品尝这里的美食，或者在这个幽静的山谷小镇上住上一晚，或者买一点带有印第安色彩的纪念品带回去&amp;hellip;&amp;hellip;总之，到过大雾山的人，无不对加特林堡留下印象。【泰坦尼克博物馆TitanicMuseumPigeonForge】鸽子谷停靠着一艘&amp;ldquo;泰坦尼克号&amp;rdquo;，这艘著名的英国客轮，其1912年首航在南安普敦市出发，但却是在纽约海域撞向冰山沉没。泰坦尼克博物馆是为纪念&amp;ldquo;泰坦尼克号&amp;rdquo;沉没事件而建，这里可以带你感受曾经的巨轮，外形与泰坦尼克号酷似，这里有浪漫的船头，奢华的楼梯，精致的展品。游客进入之后，会得到一张船票，上边写有泰坦尼克号真实乘客的姓名与船舱。游客可以知晓到这些乘客的故事。而在泰坦尼克号纪念室里，他们会获悉到这位乘客是否幸存。【南方盛宴DollyParton'sStampede】欣赏大型马术歌舞表演，体会南北军队马术竞赛精彩节目及载歌载舞，感受美国西部风情，老少尽情观看尽收眼底，可口的晚餐外加美味的甜点，令人垂涎，流连忘返。</w:t>
+              <w:t xml:space="preserve">今天上午继续前往田纳西，驱车穿越大雾山，栖息于此的动物种类繁多，不可胜数，单熊类就约有1500多种，一睹熊之风采的机会多多。之后游览加特林堡，乘坐登山缆车，上到顶峰。随后前往鸽子谷，您可以自费参观为纪念&amp;ldquo;泰坦尼克号&amp;rdquo;沉没事件而建的泰坦尼克博物馆。行程安排：大雾山国家公园深度游（必付项目，120分钟，包含大雾山缆车、NewfoundGap观景台、克灵曼斯峰）&amp;rarr;加特林堡（100分钟）&amp;rarr;鸽子谷&amp;rarr;泰坦尼克博物馆（自费，60分钟）景点介绍：【大雾山国家公园深度游GreatSmokyMountainNationalParkIn-depthTour】大雾山大约是在一万年前的冰期末形成的。每年有大约一千万游客，是美国游人最多的国家公园。森林蒸腾出的水蒸气形成浓雾，环绕于群山之间、充斥于峡谷之中。公园各处的标语都建议游客去一睹这个&amp;ldquo;容颜未改的世界&amp;rdquo;。这里犹如人间仙境，室外桃园，地处海拔5046尺的360度开放观景台，可以登高望远，一览众山小。给大家带来视觉享受以及大山的新鲜空气。【加特林堡Gatlinburg】位于田纳西州的加特林堡，是一个远近闻名的旅游胜地，它因早期印第安人居住而存在，因大雾山成为国家公园而得到发展，每年上千万旅游者到访大雾山使它成为名闻遐迩的旅游小镇。加特林堡就在大雾山主峰脚下，上大雾山主峰观光或到大雾山滑雪的爱好者，必先到加特林堡落脚，或者品尝这里的美食，或者在这个幽静的山谷小镇上住上一晚，或者买一点带有印第安色彩的纪念品带回去&amp;hellip;&amp;hellip;总之，到过大雾山的人，无不对加特林堡留下印象。【泰坦尼克博物馆TitanicMuseumPigeonForge】鸽子谷停靠着一艘&amp;ldquo;泰坦尼克号&amp;rdquo;，这艘著名的英国客轮，其1912年首航在南安普敦市出发，但却是在纽约海域撞向冰山沉没。泰坦尼克博物馆是为纪念&amp;ldquo;泰坦尼克号&amp;rdquo;沉没事件而建，这里可以带你感受曾经的巨轮，外形与泰坦尼克号酷似，这里有浪漫的船头，奢华的楼梯，精致的展品。游客进入之后，会得到一张船票，上边写有泰坦尼克号真实乘客的姓名与船舱。游客可以知晓到这些乘客的故事。而在泰坦尼克号纪念室里，他们会获悉到这位乘客是否幸存。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">这一天我们将前往査塔努加市，游览各种自然奇迹和人文景观&amp;mdash;&amp;mdash;深入地下溶洞，观赏瀑布奇景和溶洞景观；游览石头山，7州景色尽收眼底，更可以乘坐在&amp;ldquo;美国最刺激的路程&amp;rdquo;上行驶的倾斜火车。行程安排：査塔努加&amp;rarr;乘车穿越卢考特山&amp;rarr;红宝石瀑布（自费，90分钟）&amp;rarr;岩石城（自费，75分钟）&amp;rarr;倾斜火车（自费，75分钟）&amp;rarr;酒店景点介绍：【红宝石瀑布RubyFalls】红宝石瀑布与溶洞景观紧密地结合在一起，形成了富有浪漫色彩的旅游景区，让游客既可以观赏瀑布奇景，也可观赏溶洞景观。瀑布坐落于深1120英尺的地下洞穴，为美国最大最深的对游客开放的瀑布，每年约有40万游客来此参观游玩。红宝石溶洞内遍布石钟乳、石笋、流石等美丽景观，抬头就可见一条瀑布从天而降，随着灯光变换着色彩，红色、黄色、蓝色、紫色等一一变换，确实非常震撼。没有人知道瀑布的源头是哪里，也许是地下暗河，也许就是山间的雨水汇聚起来形成的瀑布，所以瀑布流量大小随着季节变化。关于红宝石瀑布，更有一段神秘的传说：探险者李奥和他的伙伴们历经千辛万苦找到了这样一个深藏地下341米的一个瀑布，直到1930年得到开发之后，他便以夫人Ruby名字给这瀑布命名，正是今天的红宝石瀑布的来历。【岩石城Rockcity】岩石城不是一座城，而是一片岩石群在山顶形成的独特花园，有着天造的美景。后来一对叫卡特的田纳西商人夫妇在这里修了石阶吊桥，种花种草，还在许多小山洞里按照欧洲童话传说营造了“仙境”。石头城最特别的景点就是“七州奇观”，站在山顶极目四望，可以同时看到美国七州—田纳西州、肯塔基州、维吉尼亚州、北卡罗莱纳州、南卡罗莱纳州、乔治亚州及阿拉巴马州，站在这里，放眼一望无际的绿色，点缀红叶及蓝天，感受天地苍茫，不由得深感人的渺小。【倾斜火车InclineRailway】这是南北战争时留下的古战场有轨登高列车，当时在田纳西州对峙的南北两军在这里有过几场重大的战役，如今这里已经成为美国内战时期战场遗迹之一，并且成为田纳西查塔努加市的地标。非同寻常的旅程，称作&amp;ldquo;美国最刺激的路程&amp;rdquo;！小车厢载着你穿行在世界上最陡峭的轨道。</w:t>
+              <w:t xml:space="preserve">这一天我们将前往査塔努加市，游览各种自然奇迹和人文景观&amp;mdash;&amp;mdash;深入地下溶洞，观赏瀑布奇景和溶洞景观；游览石头山，7州景色尽收眼底，更可以乘坐在&amp;ldquo;美国最刺激的路程&amp;rdquo;上行驶的倾斜火车。行程安排：诺克斯维尔&amp;rarr;乘车穿越卢考特山&amp;rarr;红宝石瀑布（自费，90分钟）&amp;rarr;岩石城（自费，75分钟）&amp;rarr;倾斜火车（自费，75分钟）&amp;rarr;酒店景点介绍：【红宝石瀑布RubyFalls】红宝石瀑布与溶洞景观紧密地结合在一起，形成了富有浪漫色彩的旅游景区，让游客既可以观赏瀑布奇景，也可观赏溶洞景观。瀑布坐落于深1120英尺的地下洞穴，为美国最大最深的对游客开放的瀑布，每年约有40万游客来此参观游玩。红宝石溶洞内遍布石钟乳、石笋、流石等美丽景观，抬头就可见一条瀑布从天而降，随着灯光变换着色彩，红色、黄色、蓝色、紫色等一一变换，确实非常震撼。没有人知道瀑布的源头是哪里，也许是地下暗河，也许就是山间的雨水汇聚起来形成的瀑布，所以瀑布流量大小随着季节变化。关于红宝石瀑布，更有一段神秘的传说：探险者李奥和他的伙伴们历经千辛万苦找到了这样一个深藏地下341米的一个瀑布，直到1930年得到开发之后，他便以夫人Ruby名字给这瀑布命名，正是今天的红宝石瀑布的来历。【岩石城Rockcity】岩石城不是一座城，而是一片岩石群在山顶形成的独特花园，有着天造的美景。后来一对叫卡特的田纳西商人夫妇在这里修了石阶吊桥，种花种草，还在许多小山洞里按照欧洲童话传说营造了“仙境”。石头城最特别的景点就是“七州奇观”，站在山顶极目四望，可以同时看到美国七州—田纳西州、肯塔基州、维吉尼亚州、北卡罗莱纳州、南卡罗莱纳州、乔治亚州及阿拉巴马州，站在这里，放眼一望无际的绿色，点缀红叶及蓝天，感受天地苍茫，不由得深感人的渺小。【倾斜火车InclineRailway】这是南北战争时留下的古战场有轨登高列车，当时在田纳西州对峙的南北两军在这里有过几场重大的战役，如今这里已经成为美国内战时期战场遗迹之一，并且成为田纳西查塔努加市的地标。非同寻常的旅程，称作&amp;ldquo;美国最刺激的路程&amp;rdquo;！小车厢载着你穿行在世界上最陡峭的轨道。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将前往被遴选入世界自然遗产的猛犸洞国家公园，洞中石笋、石钟乳造型奇特，变幻莫测。廊道宽度与高度可达30米，廊道间由几百眼竖井沟通，一些地下暗河穿洞而过。随后我们将乘车返回芝加哥。行程安排：猛犸洞国家公园（120分钟）&amp;rarr;芝加哥景点介绍：【猛犸洞国家公园MammothCaveNationalPark】猛犸洞是世界上大型的洞穴系统之一，现在是世界自然遗产和国家公园。在这里你可以获得惊险的探险体验，溶洞狭长幽深，许多地方非常窄，一共有六种不同的游览路线可供游客按照自身的身体情况和需求进行选择，甚至还有一些间隔开放的探险项目可以加入。</w:t>
+              <w:t xml:space="preserve">今天您可自费前往被遴选入世界自然遗产的猛犸洞国家公园，洞中石笋、石钟乳造型奇特，变幻莫测。廊道宽度与高度可达30米，廊道间由几百眼竖井沟通，一些地下暗河穿洞而过。随后我们将乘车返回芝加哥。行程安排：猛犸洞国家公园（自费，120分钟）&amp;rarr;芝加哥景点介绍：【猛犸洞国家公园MammothCaveNationalPark】猛犸洞是世界上大型的洞穴系统之一，现在是世界自然遗产和国家公园。在这里你可以获得惊险的探险体验，溶洞狭长幽深，许多地方非常窄，多种游览路线可供游客按照自身的身体情况和需求进行选择，甚至还有一些间隔开放的探险项目可以加入。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">坐落于密歇根湖湖畔的芝加哥是美国第三大城市，同时也是全美最佳建筑典范城市，许多建筑朝圣者慕名前来的圣地，这里有许多地标性的展馆、建筑、公园和美食&amp;mdash;&amp;mdash;&amp;mdash;世界闻名的城市园林-千禧公园；奇伟设计-云之门，巨城之镜看城市倩影；世界最大的人工喷泉-白金汉喷泉；还有NBA公牛队主场、艺术博物馆、壮丽一英里等美景都是大家心之向往的地方。行程安排：千禧公园&amp;amp;云门（20分钟）&amp;rarr;格兰特公园（10分钟）&amp;rarr;芝加哥大剧院（车览）&amp;rarr;芝加哥艺术博物馆（自费，120分钟）&amp;rarr;老水塔（10分钟）&amp;rarr;密西根大道（车览）&amp;rarr;芝加哥建筑游船（自费，75分钟，季节性，游船关闭则不能参加）&amp;rarr;360芝加哥（自费，75分钟）行程中途经：白金汉喷泉，海军码头，玉米大楼，川普大厦，威利斯塔景点介绍：【千禧公园MillenniumPark】千禧公园是芝加哥的一座大型城市公园，公园的一边是芝加哥最繁华的密西根大街，另一边则是风景秀丽的密西根湖。置身公园中，处处可见后现代建筑风格的印记，因此也有专业人士将此公园视为展现后现代建筑风格的集中地。其中露天音乐厅、云门和皇冠喷泉则是千禧公园中最具代表的三大后现代建筑。【格兰特公园GrantPark】芝加哥著名的格兰特公园坐落于城市商业中心地带。1901年为纪念美国总统尤利西斯∙S∙格兰特更名为格兰特公园。园内有众多景观，举办过多次大型活动，被称为&amp;ldquo;芝加哥的前院&amp;rdquo;。【芝加哥艺术博物馆TheArtInstituteofChicago】芝加哥艺术博物馆创建于1891年，既是世界上最古老的美术展览馆之一，也是当今美国三大美术馆之一。馆内收藏了上下五千年、纵横五大洲的艺术珍品，简直可以称为是万国博物馆。尤其是法国印象派画家的代表作享誉世界，雷诺瓦、毕卡索、梵古等一代宗师的巨作价值连城，就连盘踞于大门两侧的青铜狮子塑像也成了芝城的标志。景点介绍：【芝加哥建筑游船ChicagoArchitecturalCruise】坐着游船，欣赏芝加哥的建筑森林，绝对是你在芝加哥的必游项！岸线市的沿河观光，全程大概75分钟，由专业又风趣的导游做向导。你除了会看到芝加哥那些著名的地标建筑，了解它们的故事，还能近距离的感受芝加哥河的美。海军码头和密西根街大桥每天都有多个轮渡班次。【360芝加哥360Chicago】约翰汉考克中心位于芝加哥密西根大街一侧，又称&amp;ldquo;芝加哥360&amp;deg;&amp;rdquo;，完工于1969年，是当时纽约之外全世界最高的摩天大楼。站在94层放眼望去，视野范围将达到128公里，伊利诺州、印第安那州、密西根州和威斯康辛州四个州的景色尽收眼底。</w:t>
+              <w:t xml:space="preserve">坐落于密歇根湖湖畔的芝加哥是美国第三大城市，同时也是全美最佳建筑典范城市，许多建筑朝圣者慕名前来的圣地，这里有许多地标性的展馆、建筑、公园和美食&amp;mdash;&amp;mdash;&amp;mdash;世界闻名的城市园林-千禧公园；奇伟设计-云之门，巨城之镜看城市倩影；世界最大的人工喷泉-白金汉喷泉；还有川普大厦、360芝加哥、芝加哥艺术博物馆等美景都是大家心之向往的地方。行程安排：千禧公园&amp;amp;云门（20分钟）&amp;rarr;芝加哥建筑美学巡礼（必付项目，100分钟）&amp;rarr;芝加哥艺术博物馆（自费，120分钟）&amp;rarr;360芝加哥（自费，75分钟）芝加哥建筑美学巡礼：第一站：密歇根大道及周边景点：芝加哥论坛报大楼&amp;rarr;自由之翼雕塑&amp;rarr;St.RegisTower&amp;rarr;瑞格利大楼&amp;rarr;杜萨布尔桥&amp;rarr;川普大厦第二站：麦当劳总部&amp;amp;联合中心第三站：芝加哥期货交易所大楼&amp;rarr;芝加哥联邦储备银行&amp;rarr;芝加哥艺术学院第四站：格兰特公园&amp;amp;白金汉喷泉途径：市政歌剧院、CME集团大楼、威利斯大厦温馨提示：芝加哥建筑美学巡礼景点均为外观，且游览方式为车游+轻徒步，对客人体力要求适中。景点介绍：【千禧公园MillenniumPark】千禧公园是芝加哥的一座大型城市公园，公园的一边是芝加哥最繁华的密西根大街，另一边则是风景秀丽的密西根湖。置身公园中，处处可见后现代建筑风格的印记，因此也有专业人士将此公园视为展现后现代建筑风格的集中地。其中露天音乐厅、云门和皇冠喷泉则是千禧公园中最具代表的三大后现代建筑。【格兰特公园GrantPark】芝加哥著名的格兰特公园坐落于城市商业中心地带。1901年为纪念美国总统尤利西斯∙S∙格兰特更名为格兰特公园。园内有众多景观，举办过多次大型活动，被称为&amp;ldquo;芝加哥的前院&amp;rdquo;。【芝加哥艺术博物馆TheArtInstituteofChicago】芝加哥艺术博物馆创建于1891年，既是世界上最古老的美术展览馆之一，也是当今美国三大美术馆之一。馆内收藏了上下五千年、纵横五大洲的艺术珍品，简直可以称为是万国博物馆。尤其是法国印象派画家的代表作享誉世界，雷诺瓦、毕卡索、梵谷等一代宗师的巨作价值连城，就连盘踞于大门两侧的青铜狮子塑像也成了芝城的标志。景点介绍：【芝加哥建筑美学巡礼AtourofChicago'sarchitecturalaesthetics】这是一场由专业导览引领的深度建筑探索之旅，带领宾客走进芝加哥建筑艺术的核心，有了这场建筑美学巡礼，游客将不只是&amp;ldquo;打卡&amp;rdquo;，而是真正理解并欣赏芝加哥建筑所蕴含的文化底蕴与设计理念，从而拥有更具深度与价值的芝加哥观光体验。【360芝加哥360Chicago】约翰汉考克中心位于芝加哥密西根大街一侧，又称&amp;ldquo;芝加哥360&amp;deg;&amp;rdquo;，完工于1969年，是当时纽约之外全世界最高的摩天大楼。站在94层放眼望去，视野范围将达到128公里，伊利诺州、印第安那州、密西根州和威斯康辛州四个州的景色尽收眼底。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -432,115 +432,115 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.行程中交通费用（使用车辆类型根据当日具体参团人数决定）；2.行程中住宿（住宿晚数等于行程天数减一）；3.中英文服务人员（司机+导游/司兼导）；4.酒店内早餐。</w:t>
+              <w:t xml:space="preserve">1.行程中交通费用（使用车辆类型根据当日具体参团人数决定）；2.行程中住宿（住宿晚数等于行程天数减一）；3.中英文服务人员（司机+导游/司兼导）；4.行程中早餐。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.午餐和晚餐（导游将提供建议）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天最低支付US$12，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述芝加哥夜景游ChicagoNightTour成人：$35.00老人：$35.00儿童（3-12岁）：$25.00印地安纳波利斯赛车场名人堂IndianapolisMotorSpeedwayMuseum成人：$15.00老人（62+岁）：$14.00儿童（6-15岁）：$8.00大雾往返山缆车OberGatlinburgAerialTramway成人：$22.00~$25.00老人（65+岁）：$22.00~$25.00儿童（5-11岁）：$20.00~$23.00价格不含税，假日价格将有所调整，请以实际出行日价格为准。大雾山国家公园深度游GreatSmokyMountainIn-depthTour成人：$35.00老人（65+岁）：$35.00儿童（3-12岁）：$30.00南方盛宴DollyParton'sStampede成人：$83.40老人（65+岁）：$83.40儿童（3-9岁）：$42.57泰坦尼克博物馆TitanicMuseumPigeonForge成人：$37.75老人（65+岁）：$37.75儿童（5-12岁）：$18.66倾斜火车InclineRailway成人：$15.00老人（65+岁）：$15.00儿童（3-12岁）：$7.00岩石城Rockcity成人：$32.05老人（65+岁）：$32.05儿童（3-12岁）：$21.35红宝石瀑布RubyFalls成人：$28.35老人（65+岁）：$27.26儿童（3-12岁）：$17.43芝加哥艺术博物馆TheArtInstituteofChicago成人：$32.00老人(65岁以上)：$26.00儿童(14岁以下)：$26.00芝加哥建筑游船ChicagoArchitecturalCruise成人：工作日：$60.00，周末：$66.00老人(65+岁)：工作日：$60.00，周末：$66.00儿童(3-12岁)：工作日：$48.00，周末：$54.00360芝加哥360Chicago成人：$35.00老人(65+岁)：$35.00儿童(3-11岁)：$23.00</w:t>
+              <w:t xml:space="preserve">1.午餐和晚餐（导游将提供建议）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天最低支付US$15，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述必付项目：芝加哥建筑美学巡礼AtourofChicago'sarchitecturalaesthetics每人：$45.00大雾山国家公园深度游（必付项目）GreatSmokyMountainParkIn-depthTour(Mandatary)每人：$80.00包含：大雾山缆车、NewfoundGap观景台、克灵曼斯峰芝加哥夜景游ChicagoNightTour成人：$35.00老人：$35.00儿童（3-12岁）：$25.00印地安纳波利斯赛车场名人堂IndianapolisMotorSpeedwayMuseum成人：$15.00老人（62+岁）：$14.00儿童（6-15岁）：$8.00泰坦尼克博物馆TitanicMuseumPigeonForge成人：$46.54儿童（5-12岁）：$18.47倾斜火车InclineRailway成人：$15.00老人（65+岁）：$15.00儿童（3-12岁）：$7.00岩石城Rockcity成人：$32.05老人（65+岁）：$32.05儿童（3-12岁）：$21.35红宝石瀑布RubyFalls成人：$28.35老人（65+岁）：$27.26儿童（3-12岁）：$17.43猛犸洞国家公园MammothCaveNationalPark成人：$12.00-$27.00儿童（6-12岁）：$9.00-$22.00*年龄限制：16岁以下参团人员必须由18岁及以上的成人陪同游览。芝加哥艺术博物馆TheArtInstituteofChicago成人：$32.00老人(65岁以上)：$26.00儿童(14岁以下)：$26.00芝加哥建筑游船ChicagoArchitecturalCruise成人：$44.00儿童(4-12岁)：$20.00儿童(4岁以下)：$0.00360芝加哥360Chicago成人：$35.00老人(65+岁)：$35.00儿童(3-11岁)：$23.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
+              <w:t xml:space="preserve">【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。【退改说明】1.如遇天气、战争、罢工等人力不可抗拒因素无法游览，本公司将有权更改行程，景点门票费用退还（赠送的自费项目除外），报名团费不退还；2.取消条款如下：a.如果团组在出发前15日(含)，要求取消或改期，团费不扣，其他加定酒店、机票或服务需参照酒店或航司规定而确定是否能退款。b.在出发前8日(含)至14日(含)，要求取消或改期，需扣50%团费，其他加定酒店或服务需参照酒店规定而确定是否能退款。c.如果团组在出发前7日(含)至出发当天要求取消或出发当日未能准时参加者，作自动放弃论，已付团费概不退还。d.如贵司或客人因个人原因(无旅行证件、迟到、生病、意外等因素)于旅途中退出或未能参加行程内任何行程，已付团费概不退还，也不会以其他服务赔偿。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>