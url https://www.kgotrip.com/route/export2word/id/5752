--- v0 (2025-11-10)
+++ v1 (2026-03-09)
@@ -111,306 +111,306 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">参团当日免费接机机场：檀香山国际机场（HNL）参团当日免费接机时间：免费接机时间：06:30-21:59，此时间为客人与导游会面时间，逾时不候。22:00-24:00接机需再支付$30/单；24:00-06:30不提供接机服务（以上均为夏威夷本地时间）。</w:t>
+              <w:t xml:space="preserve">参团当日免费接机机场：檀香山国际机场（HNL）参团当日免费接机时间：免费接机时间：07:00-21:59，此时间为客人与导游会面时间，逾时不候。接机当天建议预订晚上22:00前抵达的航班（如因航班延误等不可抗力因素导致于晚上22:00-隔天06:00期间抵达的航班，无法提供免费接机服务，敬请谅解）参团当日付费接机时间：05:00-06:29，美国国内航班&amp;amp;加拿大航班费用：成人$25/人/单程、儿童$15/人/单程，国际航班费用：成人$35/人/单程、儿童$25/人/单程。22:00-04:59不提供接机服务（以上均为夏威夷本地时间）。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上07:45从酒店出发，前往参观位于夏威夷欧胡岛的西南部的珍珠港，远眺被日军炸沉的亚利桑那号纪念堂远眺密苏里舰。随后途经夏威夷州议会大厦和911事件之后不对观光车辆开放的美国太平洋国家军人烈士公墓。途经中国城，远眺孙中山先生铜像后，参观夏威夷第一任国王卡美哈美哈铜像，近眺国王皇宫，市政府大楼，最后参观夏威夷特有的绿宝石、黑珍珠、红珊瑚店。我们将于中午12:00左右返回酒店。行程安排：珍珠港（含远眺亚利桑那号战舰纪念馆）&amp;rarr;夏威夷州议会大厦（途经）&amp;rarr;夏威夷中国城（途经）&amp;rarr;卡美哈美哈铜像（外观）&amp;rarr;伊奥拉尼王宫（遥望）&amp;rarr;绿宝石、黑珍珠、红珊瑚店景点介绍：【珍珠港PearlHarbor】珍珠港地处瓦胡岛南岸的科劳山脉和怀阿奈山脉之间平原的最低处，是美国海军的基地和造船基地，也是北太平洋岛屿中最大最好的安全停泊港口之一。偷袭珍珠港事件发生在1941年12月7日清晨，日本联合舰队的飞机和微型潜艇突然袭击美国海军基地珍珠港以及美国陆军和海军在夏威夷欧胡岛上的飞机场。我们可以遥望为了纪念当年的惨痛教训，美国政府于1980年在&amp;ldquo;亚利桑那&amp;rdquo;号残骸上建立的亚利桑那纪念馆。【夏威夷州议会大厦HawaiiStateCapital】夏威夷州议会大厦建于1969年，是一个后现代主义的概念化建筑产物，贝聿铭的作品，风格独特。两座圆锥状的立法厅代表着夏威夷的根源&amp;mdash;火山，众多支撑柱象征着棕榈树，环绕露天圆形大厅的巨大水池则代表环抱着夏威夷群岛的太平洋。【卡美哈美哈国王铜像KamehamehaStatue,Kapaau】卡美哈美哈国王铜像在火奴鲁鲁市中心。铜像上的卡美哈美哈国王，身披象征王权的羽毛披肩，左手持着长矛，右手伸展做欢迎状。卡美哈美哈国王是夏威夷历史上第一个统一夏威夷群岛的国王。在美国五十个州里，只有夏威夷州有过国王的统治。所以，卡美哈美哈国王铜像成为来夏威夷的游客们必去的景点就很自然了。【伊奧拉尼王宮IolaniPalace】作为夏威夷王朝的故宫，奥拉尼王宫是每位游客了解夏威夷历史文化不可或缺的一站。皇宫前面，还能与夏威夷首任国王&amp;mdash;卡美哈美哈国王的铜像合影留念。</w:t>
+              <w:t xml:space="preserve">早上07:45从酒店出发，前往参观位于夏威夷欧胡岛的西南部的珍珠港，远眺被日军炸沉的亚利桑那号纪念堂远眺密苏里舰。随后途经夏威夷州议会大厦和911事件之后不对观光车辆开放的美国太平洋国家军人烈士公墓。途经中国城，远眺孙中山先生铜像后，参观夏威夷第一任国王卡美哈美哈铜像，近眺国王皇宫，市政府大楼，最后参观夏威夷特有的绿宝石、黑珍珠、红珊瑚店。我们将于中午12:00左右返回酒店。行程安排：珍珠港（90分钟，含远眺亚利桑那号战舰纪念馆）&amp;rarr;夏威夷州议会大厦（途经）&amp;rarr;夏威夷中国城（途经）&amp;rarr;卡美哈美哈铜像（外观，15分钟）&amp;rarr;伊奥拉尼王宫（遥望）&amp;rarr;绿宝石、黑珍珠、红珊瑚店温馨提示：珍珠港景点规定导游不可于园区内讲解；游客不可携带任何包包进入园区，随身钱包例外。景点介绍：【珍珠港PearlHarbor】珍珠港地处瓦胡岛南岸的科劳山脉和怀阿奈山脉之间平原的最低处，是美国海军的基地和造船基地，也是北太平洋岛屿中最大最好的安全停泊港口之一。偷袭珍珠港事件发生在1941年12月7日清晨，日本联合舰队的飞机和微型潜艇突然袭击美国海军基地珍珠港以及美国陆军和海军在夏威夷欧胡岛上的飞机场。我们可以遥望为了纪念当年的惨痛教训，美国政府于1980年在&amp;ldquo;亚利桑那&amp;rdquo;号残骸上建立的亚利桑那纪念馆。【夏威夷州议会大厦HawaiiStateCapital】夏威夷州议会大厦建于1969年，是一个后现代主义的概念化建筑产物，贝聿铭的作品，风格独特。两座圆锥状的立法厅代表着夏威夷的根源&amp;mdash;火山，众多支撑柱象征着棕榈树，环绕露天圆形大厅的巨大水池则代表环抱着夏威夷群岛的太平洋。【卡美哈美哈国王铜像KamehamehaStatue】卡美哈美哈国王铜像在火奴鲁鲁市中心。铜像上的卡美哈美哈国王，身披象征王权的羽毛披肩，左手持着长矛，右手伸展做欢迎状。卡美哈美哈国王是夏威夷历史上第一个统一夏威夷群岛的国王。在美国五十个州里，只有夏威夷州有过国王的统治。所以，卡美哈美哈国王铜像成为来夏威夷的游客们必去的景点就很自然了。【伊奧拉尼王宮IolaniPalace】作为夏威夷王朝的故宫，奥拉尼王宫是每位游客了解夏威夷历史文化不可或缺的一站。皇宫前面，还能与夏威夷首任国王&amp;mdash;卡美哈美哈国王的铜像合影留念。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将从酒店出发，首先途经闻名世界的海滩-威基基海滩，远观钻石头火山和海景亮丽的冲浪中心。途经哈拉高级住宅区，我们将停留在恐龙湾观光区眺望恐龙湾。参观了自然奇景海泉喷口后，我们将途经三温暖海滩，远眺兔子岛、乌龟岛。之后途经白色海滩和夏威夷族保护区，来到大风口风景区。行程结束后返回酒店。行程安排：威基基海滩（途经，可远眺钻石头火山）&amp;rarr;哈拉高级住宅区（途经）&amp;rarr;恐龙湾观光区（15分钟）&amp;rarr;海泉喷口&amp;rarr;三温暖海滩（途经）&amp;rarr;兔子岛、乌龟岛（远眺）&amp;rarr;白海滩、夏威夷族保护区（途经）&amp;rarr;努阿努帕里大风口景点介绍：【威基基海滩WaikikiBeach】威基基海滩位于夏威夷首府檀香山市，是世界上最著名的海滩，东起钻石山下的卡皮欧尼拉公园，西至阿拉威游艇码头，长度约1.61千米。这里有细软洁白的沙滩、摇曳多姿的椰子树以及林立的高楼大厦。这里林立着世界一流的购物、餐饮、娱乐、活动场所和度假村。在这里，你可以尽情享受夏威夷沙滩的无限风情。【海泉喷口HālonaBlowhole】奇景海泉喷口是一处非常特殊的自然景观，海岸边的岩石，经过长期的海蚀作用而形成一个小洞穴，每当大浪来袭，海水便由小洞穴喷发而出，形成一种天然奇观。【努阿努帕里大风口NuuanuPaliLookout】大风口以其终年强劲的大风而闻名，而且这里还是一处视域开阔的悬崖观景台。站在观景台可眺望欧胡岛东北平原优美的风景，在贯穿欧胡岛的强风吹拂中感受自然之美。</w:t>
+              <w:t xml:space="preserve">今天我们将从酒店出发，首先途经闻名世界的海滩-威基基海滩，远观钻石头火山和海景亮丽的冲浪中心。途经哈拉高级住宅区，我们将停留在恐龙湾观光区眺望恐龙湾。参观了自然奇景海泉喷口后，我们将途经三温暖海滩，远眺兔子岛、乌龟岛。之后途经白色海滩和夏威夷族保护区，来到大风口风景区。行程结束后返回酒店。行程安排：威基基海滩（途经）&amp;rarr;钻石头火山口观景台（15分钟）&amp;rarr;哈拉高级住宅区（途经）&amp;rarr;恐龙湾观光区（15分钟）&amp;rarr;海泉喷口（15分钟）&amp;rarr;三温暖海滩（途经）&amp;rarr;兔子岛、乌龟岛（远眺）&amp;rarr;白海滩、夏威夷族保护区（途经）&amp;rarr;努阿努帕里大风口（15分钟）景点介绍：【威基基海滩WaikikiBeach】威基基海滩位于夏威夷首府檀香山市，是世界上最著名的海滩，东起钻石山下的卡皮欧尼拉公园，西至阿拉威游艇码头，长度约1.61千米。这里有细软洁白的沙滩、摇曳多姿的椰子树以及林立的高楼大厦。这里林立着世界一流的购物、餐饮、娱乐、活动场所和度假村。在这里，你可以尽情享受夏威夷沙滩的无限风情。【海泉喷口HālonaBlowhole】奇景海泉喷口是一处非常特殊的自然景观，海岸边的岩石，经过长期的海蚀作用而形成一个小洞穴，每当大浪来袭，海水便由小洞穴喷发而出，形成一种天然奇观。【努阿努帕里大风口NuuanuPaliLookout】大风口以其终年强劲的大风而闻名，而且这里还是一处视域开阔的悬崖观景台。站在观景台可眺望欧胡岛东北平原优美的风景，在贯穿欧胡岛的强风吹拂中感受自然之美。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">北岸大环岛游（自费）今天中午12:00我们将从酒店出发，参观游览欧胡岛北岸风光。首先，我们将远观古庙，在瞻仰西安事变张学良先生与赵四女士的墓园后，前往火山豆农场。随后我们将来到KahukuTown，夏威夷特色的甜虾餐一定不能错过。之后我们将经过TurtleBay，沿途可欣赏夏威夷北海岸最北处的落日海滩。最后一站我们将来到杜尔菠萝园区(DolePlantation)，您可以逛夏威夷菠萝种植场或自费体验号称世界最大的迷宫。行程结束后，约19:00返回酒店。行程安排：远观神庙谷&amp;rarr;火山豆农场&amp;rarr;卡胡库虾场养殖区（可自费品尝特色甜虾餐）&amp;rarr;日落海滩&amp;rarr;杜尔菠萝园区&amp;rarr;酒店波利尼西亚文化中心（自费，含晚餐）今天下午13:30我们将从酒店出发，穿过欧胡岛的中央山脉后，沿着海岸线往北走。途经：中国帽子岛、乌龟岛等，沿线海景美不胜收。随后抵达波利尼西亚文化中心，观赏由七种不同部落组成的民俗文化村，并可享受丰富的自助晚餐。晚餐后，观赏由一百多位表演人员组成的盛大夏威夷传统歌舞表演及惊险的夏威夷吞火表演。景点介绍：【神庙谷ValleyofTemple】这座日式神庙坐落在海拔610米的葱郁的柯劳山脉中，于明治元年也就是公历1968年，为庆祝日裔移民移居夏威夷100周年而建。夏威夷的这座平等院其修建规模相当于日本京都本院的三分之一。这座神圣的日本寺庙完全延续了日本木质建筑的特点，从头到尾没有使用一颗钉子，完美呈现了木质建筑所拥有的自然之美。西安事变的主角张学良将军和夫人赵四都在这个幽静的山谷中长眠，大家可以在这里瞻仰一代传奇。【日落海滩SunsetBeach】北海岸的&amp;ldquo;日落海滩&amp;rdquo;是夏威夷最著名的观日落的地方之一，这里是冲浪者的天堂，每年冬天世界冲浪锦标赛都在这里举行。日落时分，海滩上有许多动人的风景：孩子们用沙堆砌城堡，小伙子们故意慢悠悠从一排女孩面前走过等等。【波利尼西亚文化中心及自助晚宴PolynesianCulturalCenter】前往著名的波利尼西亚文化中心体验最原汁原味的土著文化，这里是一个不可以错过的异域文化体验之地。波利尼西亚文化村是当地最受欢迎的旅游景点之一，萨摩亚区钻木取火、赤脚上树摘椰子的表演深受欢迎，塔希提岛区每天都有原住民的草裙舞演出。晚宴后，欣赏最受欢迎的大型夜晚秀&amp;ldquo;HA~生命之歌&amp;rdquo;，激情洋溢的表演者、震撼的鼓声、精湛的舞技、爆发的火山，将带给你一场特别的视觉震撼。</w:t>
+              <w:t xml:space="preserve">北岸大环岛游（自费）今天中午12:00我们将从酒店出发，参观游览欧胡岛北岸风光。首先，我们将参观古庙，在瞻仰西安事变张学良先生与赵四女士的墓园后，前往火山豆农场。随后我们将来到KahukuTown，夏威夷特色的甜虾餐一定不能错过。之后我们将经过TurtleBay，沿途可欣赏夏威夷北海岸最北处的落日海滩。最后一站我们将来到杜尔菠萝园区(DolePlantation)，您可以逛夏威夷菠萝种植场或自费体验号称世界最大的迷宫。行程结束后，约19:00返回酒店。行程安排：神庙谷（参观张学良赵四将军墓，15分钟）&amp;rarr;夏威夷果农场（15分钟）&amp;rarr;草帽岛（15分钟）&amp;rarr;卡胡库虾场养殖区（可自费品尝特色甜虾餐，20分钟）&amp;rarr;日落海滩（15分钟）&amp;rarr;杜尔菠萝园区（20分钟）&amp;rarr;酒店波利尼西亚文化中心（自费，含晚餐）今天下午13:30我们将从酒店出发，穿过欧胡岛的中央山脉后，沿着海岸线往北走。途经：中国帽子岛、乌龟岛等，沿线海景美不胜收。随后抵达波利尼西亚文化中心，观赏由七种不同部落组成的民俗文化村，并可享受丰富的自助晚餐。晚餐后，观赏由一百多位表演人员组成的盛大夏威夷传统歌舞表演及惊险的夏威夷吞火表演。行程安排：夏威夷果农场（10分钟）&amp;rarr;波利尼西亚文化村（120分钟）&amp;rarr;歌舞表演（90分钟）景点介绍：【神庙谷ValleyofTemple】这座日式神庙坐落在海拔610米的葱郁的柯劳山脉中，于明治元年也就是公历1968年，为庆祝日裔移民移居夏威夷100周年而建。夏威夷的这座平等院其修建规模相当于日本京都本院的三分之一。这座神圣的日本寺庙完全延续了日本木质建筑的特点，从头到尾没有使用一颗钉子，完美呈现了木质建筑所拥有的自然之美。西安事变的主角张学良将军和夫人赵四都在这个幽静的山谷中长眠，大家可以在这里瞻仰一代传奇。【日落海滩SunsetBeach】北海岸的&amp;ldquo;日落海滩&amp;rdquo;是夏威夷最著名的观日落的地方之一，这里是冲浪者的天堂，每年冬天世界冲浪锦标赛都在这里举行。日落时分，海滩上有许多动人的风景：孩子们用沙堆砌城堡，小伙子们故意慢悠悠从一排女孩面前走过等等。【波利尼西亚文化中心及自助晚宴PolynesianCulturalCenter】前往著名的波利尼西亚文化中心体验最原汁原味的土著文化，这里是一个不可以错过的异域文化体验之地。波利尼西亚文化村是当地最受欢迎的旅游景点之一，萨摩亚区钻木取火、赤脚上树摘椰子的表演深受欢迎，塔希提岛区每天都有原住民的草裙舞演出。晚宴后，欣赏最受欢迎的大型夜晚秀&amp;ldquo;HA~生命之歌&amp;rdquo;，激情洋溢的表演者、震撼的鼓声、精湛的舞技、爆发的火山，将带给你一场特别的视觉震撼。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">茂宜岛一日游今天我们将从檀香山乘飞机前往茂宜岛。首先我们将参观茂宜岛的凯帕尼威公园，了解夏威夷群岛不同文化背景的人民的历史和生活方式。随后抵达茂宜岛热带种植园，漫步于郁郁葱葱的花园中，欣赏到来自夏威夷群岛和其他热带地区的珍稀植物。之后前往威雷亚豪华购物中心，享受精致的购物体验。随后前往被称为&amp;ldquo;巨浪滩&amp;rdquo;的马可纳海滩，感受金色沙滩与白色巨浪的无限魅力。然后我们将来到熔岩平原和霍欧奇帕海滩公园，欣赏独特的火山地貌和海洋生物活动。途中您将经过Mama'sFishHouse超人气海滩餐厅，各种美照轻松产出！最后抵达艺术小镇帕伊亚，置身独特的文化与艺术氛围！最后返回檀香山酒店。行程安排：檀香山飞往茂宜岛&amp;rarr;凯帕尼威公园&amp;rarr;茂宜岛热带种植园&amp;rarr;威雷亚购物街&amp;rarr;马可纳海滩&amp;rarr;熔岩平原&amp;rarr;Mama'sFishHouse海滩餐厅&amp;rarr;霍欧奇帕海滩公园&amp;rarr;帕伊亚镇&amp;rarr;檀香山或火山岛一日游今天我们将从檀香山出发乘飞机前往火山岛。首先我们将前往拥有世间罕有的黑沙滩，同时在乌黑的沙粒中还有着绿色的惊喜等待发掘。途经榕树大道，来到以纯手工制作饼干而闻名的饼干店。之后我们将抵达威鲁亚河州立公园，夏威夷一世国王Kamehameha的铜像就竖立于此。随后抵达彩虹瀑布，夏威夷最著名的瀑布之一，以常见彩虹而得名，水花溅起的时候你会看到彩虹就如同在瀑布中产生。最后我们将来到夏威夷火山国家公园，在访客中心您可以看到火山活动对公园乃至整座岛屿产生的变化；参观因夏威夷丰富的降水与火山地热而形成的蒸汽孔；在Halemaumau瞭望台上近距离的观察到火山口感受大自然的雄伟；参观因岩浆流过而形成的巨大Thurston岩浆隧道；在连锁火山口路亲眼看到岩浆流过土地时那种所到之处寸草不生的景象。最后返回檀香山酒店。行程安排：檀香山飞往火山岛&amp;rarr;理查德森黑沙滩&amp;rarr;榕树大道（车览）&amp;rarr;大岛饼干店&amp;rarr;威鲁亚河州立公园/国王铜像&amp;rarr;彩虹瀑布&amp;rarr;夏威夷火山国家公园&amp;rarr;檀香山景点介绍：【凯帕尼威公园KepaniwaiParkandHeritageGardens】凯帕尼威公园是夏威夷州茂宜岛上一座重要的公园和文化遗产花园。该公园旨在纪念夏威夷岛上多元文化的丰富历史和传统，展示了夏威夷群岛不同文化背景的人民的历史和生活方式。其中有趣的建筑包括早期夏威夷风格的建筑、新英格兰风格的盐箱、带花园的葡萄牙风格别墅以及来自中国和菲律宾等其他文化的住宅。【茂宜岛热带种植园MauiTropicalPlantation】茂宜岛热带种植园以其美丽的山谷景色、丰富多样的热带植物和农业文化体验而闻名。漫步于郁郁葱葱的花园中，欣赏到来自夏威夷群岛和其他热带地区的珍稀植物。【马可纳海滩MakenaBeach】马可纳海滩是夏威夷州茂宜岛上一个美丽的沙难景点，被誉为&amp;ldquo;巨浪滩&amp;rdquo;(BigBeach)，以其广阔的金黄色沙难、碧蓝的海水和壮观的海浪而闻名。与卡阿纳帕利（Kaanapali）和拉海纳（Lahaina）拥挤的沙滩相比，这里是一个更僻静的选择，还能看到摩洛奇尼（Molokini）岛和卡胡拉韦（Kahoolawe）岛的壮美景色。【霍欧奇帕海滩公园Ho'okipaBeachPark】霍欧奇帕海滩公园位于夏威夷州茂宜岛的北岸，是一个著名的冲浪和观浪胜地，也是欣赏海洋生物和风景的理想场所。在这里您可以看到成群结队的绿海龟在沙难上晒太阳的情景。景点介绍：【理查森黑沙滩RichardsonOceanPark】火山岛最出名黑沙滩有两个，一个是位于东南部的普纳鲁吾黑沙滩，另一个就是希洛的理查森黑沙滩。这片沙滩大部分由黑色的火山细沙形成，其名源自于它原来的主人，艾莎理查森和乔治理查德森的姓氏。理查森黑沙滩是希洛地区唯一一个同时拥有黑色细沙和绿色细沙的沙滩。运气好的话，还可以看到海龟或夏威夷特有的海豹在海滩上歇息。【彩虹瀑布RainbowFalls】位于大岛希洛市的西部，因瀑布的水雾经阳光折射后形成美丽的彩虹而出名。彩虹瀑布高约24.4米，在四周层层叠叠、青翠欲滴的热带植物的掩映下它显得如此与众不同。【夏威夷火山国家公园HawaiiVolcanoesNationalPark】夏威夷火山国家公园位于美国夏威夷州的夏威夷岛上，面积929平方千米，主要包括莫纳罗亚火山（MaunaLoa）和基拉韦厄火山（Kilauea）两座世界上最为活跃的活火山。其中基拉韦厄火山，被称为&amp;ldquo;全世界唯一可开车进入的火山&amp;rdquo;。沿着全场10.6英里的火山口公路（CraterRimDrive），你可以越来越接近中心点，沿途的火山溶岩地形、坚硬黝黑的岩块，以及片草不生的荒芜景象，加上一望无际的空旷视野，让人赞叹之余，心情似乎也随之沉淀。</w:t>
+              <w:t xml:space="preserve">茂宜岛一日游今天我们将乘飞机前往茂宜岛。首先我们将来到霍欧奇帕海滩公园，欣赏独特海洋生物活动。随后我们将参观茂宜岛的凯帕尼威公园，了解夏威夷群岛不同文化背景的人民的历史和生活方式。然后抵达茂宜岛热带种植园，漫步于郁郁葱葱的花园中，欣赏到来自夏威夷群岛和其他热带地区的珍稀植物。接下来我们将去往卡阿纳帕利沙滩，这里是观浪、冲浪的绝佳地点，就在旁边，纳卡勒勒喷泉口的海水喷泉和龙牙齿岩石地貌，展现了自然地理的奇观。最后，卡帕鲁亚湾别墅区提供奢华度假体验。在茂宜岛为您留下宁静与刺激并存的珍贵回忆后，我们将返回檀香山入住酒店。行程安排：檀香山飞往茂宜岛&amp;rarr;卡胡卢伊机场(OGG)接机&amp;rarr;霍欧奇帕海滩公园（40分钟）&amp;rarr;凯帕尼威公园（20分钟）&amp;rarr;茂宜岛热带种植园（30分钟）&amp;rarr;卡阿纳帕利沙滩（30分钟）&amp;rarr;纳卡勒勒喷泉口（20分钟）&amp;rarr;龙牙齿（40分钟）&amp;rarr;卡帕鲁亚湾别墅区（20分钟）&amp;rarr;茂宜岛飞往檀香山或火山岛一日游今天我们将从檀香山出发乘飞机前往火山岛。首先我们将前往拥有世间罕有的黑沙滩，同时在乌黑的沙粒中还有着绿色的惊喜等待发掘。途经榕树大道，来到以纯手工制作饼干而闻名的饼干店。之后我们将抵达威鲁亚河州立公园，夏威夷一世国王Kamehameha的铜像就竖立于此。随后抵达彩虹瀑布，夏威夷最著名的瀑布之一，以常见彩虹而得名，水花溅起的时候你会看到彩虹就如同在瀑布中产生。最后我们将来到夏威夷火山国家公园，在访客中心您可以看到火山活动对公园乃至整座岛屿产生的变化；参观因夏威夷丰富的降水与火山地热而形成的蒸汽孔；在Halemaumau瞭望台上近距离的观察到火山口感受大自然的雄伟；参观因岩浆流过而形成的巨大Thurston岩浆隧道；在连锁火山口路亲眼看到岩浆流过土地时那种所到之处寸草不生的景象。最后返回檀香山酒店。行程安排：檀香山飞往火山岛&amp;rarr;理查德森黑沙滩（15-20分钟）&amp;rarr;榕树大道（车览）&amp;rarr;大岛饼干店（15-20分钟）&amp;rarr;威鲁亚河州立公园/国王铜像（15-20分钟）&amp;rarr;彩虹瀑布（15-20分钟）&amp;rarr;夏威夷火山国家公园（1.5-2小时）&amp;rarr;檀香山景点介绍：【霍欧奇帕海滩公园Ho'okipaBeachPark】霍欧奇帕海滩公园位于夏威夷州茂宜岛的北岸，是一个著名的冲浪和观浪胜地，也是欣赏海洋生物和风景的理想场所。在这里您可以看到成群结队的绿海龟在沙难上晒太阳的情景。【凯帕尼威公园KepaniwaiParkandHeritageGardens】凯帕尼威公园是夏威夷州茂宜岛上一座重要的公园和文化遗产花园。该公园旨在纪念夏威夷岛上多元文化的丰富历史和传统，展示了夏威夷群岛不同文化背景的人民的历史和生活方式。其中有趣的建筑包括早期夏威夷风格的建筑、新英格兰风格的盐箱、带花园的葡萄牙风格别墅以及来自中国和菲律宾等其他文化的住宅。【茂宜岛热带种植园MauiTropicalPlantation】茂宜岛热带种植园以其美丽的山谷景色、丰富多样的热带植物和农业文化体验而闻名。漫步于郁郁葱葱的花园中，欣赏到来自夏威夷群岛和其他热带地区的珍稀植物。【卡阿纳帕利沙滩KaanapaliBeach】卡阿纳帕利海滩是茂宜岛上的标志性景点，这里有绵延5公里的洁白沙滩和清澈透明的海水，是游人聚集的热门海滩。游客在这里可以进行浮潜、游泳、垂钓、冲浪等活动。当然，还可以舒服地躺在沙滩椅上享受悠闲时光。沙滩上著名的景观就是在海滩北面的黑崖峭壁上举行的跳水仪式，跳水者会先点燃沿着峭壁安放的火炬，然后再跳下黑崖，游客们可以观赏这一惊险、刺激的场面。【纳卡勒勒喷泉口NakaleleBlowhole】纳卡勒勒喷泉是一口高达100英尺的天然喷泉，随着海浪和潮汐的涌动，喷涌出的水柱如同间歇泉般交替而出。纳卡勒勒喷泉口是茂宜岛的热门旅游景点，只需短途徒步即可在安全距离内观赏。它以壮丽的海洋力量和独特的环境而闻名，是自然爱好者和探险爱好者的必游之地。【龙牙齿Dragon'sTeeth】龙牙齿是位于西北部的一个风景名胜和地质奇观。这个地方得名于其独特的岩石形状，看起来像一排排龙牙齿一样。【卡帕鲁亚湾别墅区KapaluaBayVilla】卡帕鲁亚湾别墅区是有钱人休闲度假的地方，Kapalua可译为拥抱大海的手臂，是茂宜岛黄金级别的旅游度假区。该别墅区不仅由建筑大师设计，且有屡获奖项的餐厅、20多个精品店和有历史意义的遗址，并且每年还会举办美酒美食节。景点介绍：【理查森黑沙滩RichardsonOceanPark】火山岛最出名黑沙滩有两个，一个是位于东南部的普纳鲁吾黑沙滩，另一个就是希洛的理查森黑沙滩。这片沙滩大部分由黑色的火山细沙形成，其名源自于它原来的主人，艾莎理查森和乔治理查德森的姓氏。理查森黑沙滩是希洛地区唯一一个同时拥有黑色细沙和绿色细沙的沙滩。运气好的话，还可以看到海龟或夏威夷特有的海豹在海滩上歇息。【彩虹瀑布RainbowFalls】位于大岛希洛市的西部，因瀑布的水雾经阳光折射后形成美丽的彩虹而出名。彩虹瀑布高约24.4米，在四周层层叠叠、青翠欲滴的热带植物的掩映下它显得如此与众不同。【夏威夷火山国家公园HawaiiVolcanoesNationalPark】夏威夷火山国家公园位于美国夏威夷州的夏威夷岛上，面积929平方千米，主要包括莫纳罗亚火山（MaunaLoa）和基拉韦厄火山（Kilauea）两座世界上最为活跃的活火山。其中基拉韦厄火山，被称为&amp;ldquo;全世界唯一可开车进入的火山&amp;rdquo;。沿着全场10.6英里的火山口公路（CraterRimDrive），你可以越来越接近中心点，沿途的火山溶岩地形、坚硬黝黑的岩块，以及片草不生的荒芜景象，加上一望无际的空旷视野，让人赞叹之余，心情似乎也随之沉淀。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将结束愉快的旅程，檀香山国际机场（HNL）免费送机时间为06:30-21:59，您可根据自己需求预定合适的航班。</w:t>
+              <w:t xml:space="preserve">今天我们将结束愉快的旅程，檀香山国际机场（HNL）免费送机时间为05:30-21:30，建议您预定当天上午08:30以后起飞的航班。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -432,83 +432,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.行程中交通费用（使用车辆类型根据当日具体参团人数决定）；2.行程中住宿（住宿晚数等于行程天数减一）；3.专业司机兼导游；4.包含外岛机票。</w:t>
+              <w:t xml:space="preserve">1.行程中交通费用（使用车辆类型根据当日具体参团人数决定）；2.行程中住宿（住宿晚数等于行程天数减一）；3.专业中文司兼导（英语能力：日常沟通）；4.包含外岛机票（出发日期不同，机票价格有所浮动，下单前请联系客服二次确认）。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.三餐（导游将提供建议）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费：接机或送机：$5/人/次；市区观光、环岛精华游：$5/人；波利尼西亚文化村、北岸大环岛游：$12/人；火山岛/茂宜岛一日游：$12/人+接送机$5/人/次；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述北岸大环岛游览（预付）BigCircleIslandTour成人：$110.00兒童（12歲以下）：$100.00波利尼西亚文化中心（预付，含晚餐）PolynesianCulturalCenter(includedinner)成人：01/01/2024前：$155.00；01/01/2024起：$160.00儿童（3-11岁）：01/01/2024前：$125.00；01/01/2024起：$130.00爱之船StarOfHonoluluA套餐成人：$129.00儿童（3-11岁）：$85.00PacificStarBuffet&amp;amp;Show自助餐+接送服务（每日16:30P---20:00P，客人必须穿适当的服装）备注：周五烟花表演需加收$17.00/人，请在团上现付导游。爱之船StarOfHonoluluB套餐成人：$152.00儿童（3-11岁）：$99.00StarSunsetDinner&amp;amp;Show（牛排和螃蟹）+接送服务（每日16:30P---20:00P，客人必须穿适当的服装）备注：周五烟花表演需加收$17.00/人，请在团上现付导游。爱之船StarOfHonoluluC套餐成人：$192.00儿童（3-11岁）：$123.00ThreeStarSunsetDinner&amp;amp;Show（牛排和龙虾）+接送服务（每日16:30P---20:00P，客人必须穿适当的服装）备注：周五烟花表演需加收$17.00/人，请在团上现付导游。潜水艇Submarine成人：$165.00儿童（3-11岁）：$95.00每一行程约2小时，小孩必须是36英寸身高；不含接送，如须接送每人加$30，需另外支付$5/人服务费。</w:t>
+              <w:t xml:space="preserve">1.三餐（导游将提供建议）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费：接机或送机：$5/人/次；市区观光/环岛精华游：$5/人；波利尼西亚文化村/北岸大环岛游：$12/人；火山岛/茂宜岛一日游：$12/人+接送机$5/人/次；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述北岸大环岛半日精华游BigCircleIslandHalfDayTour成人：$120.00儿童（4-11岁）：$95.00周一、周三、周五、周日出发。波利尼西亚文化中心（含自助晚餐）PolynesianCulturalCenter(includedinner)2025年-2026年成人：$200.002025年儿童（3-11岁）：$160.002026年儿童（3-11岁）：$165.00周一、周二、周四、周五、周六出发。豪华座位区+$15/人。升级烤乳猪晚宴+$70/人。檀岛之星观鲸之旅WhaleWatchingTour2025年成人：$95.002025年儿童（3-11岁）：$65.002026年成人：$105.002026年儿童（3-11岁）：$71.00仅限观鲸季1月-3月开放1月：周二、周四、周六出发2月：天天出发3月：天天出发（截止到3/20）含酒店接送服务+早餐檀岛之星爱之船StarOfHonoluluA套餐2025年成人：$148.002025年儿童（3-11岁）：$97.002026年成人：$159.002026年儿童（3-11岁）：$103.00天天出发（平日16:00-19:30PM，周五16:30-20:00PM）。PacificStarBuffet&amp;amp;Show自助餐+接送服务。备注：周五烟花表演需加收$19.00/人，请在团上现付导游。檀岛之星爱之船StarOfHonoluluC套餐成人：$213.00儿童（3-11岁）：$136.00天天出发（平日16:30-19:30PM，周五16:30-20:00PM）。ThreeStarSunsetDinner&amp;amp;Show（牛排+龙虾+鸡尾酒）+接送服务。备注：周五烟花表演需加收$19.00/人，请在团上现付导游。亚特兰蒂斯海底巡航潜水艇AtlantisCruiseSubmarine2025年成人：USD$173.002025年儿童（3-11岁）：USD$81.002026年成人：USD$175.002026年儿童（3-11岁）：USD$82.00天天出发。儿童身高须36英寸以上。不含酒店接送服务，如需接送+$30/人。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>