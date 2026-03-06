--- v0 (2025-10-28)
+++ v1 (2026-03-06)
@@ -111,102 +111,102 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将从波士顿出发，前往纽约参观最新网红打卡地。新晋网红景点悬浮玻璃观景台最吸引人的就是它的透明玻璃观景台，由透明玻璃和反光镜子搭建的镜屋，置身其中仿佛平行世界。位于哈德逊河边的Sojo温泉俱乐部，屋顶无边游泳池一定不容错过；或前往大型娱乐购物中心美国之梦。行程安排：波士顿&amp;rarr;纽约&amp;rarr;Summit全景玻璃观景台（自费，3小时）&amp;rarr;Sojo温泉俱乐部或美国之梦大型娱乐购物商业中心（自费，3.5小时）温馨提示：1.由于Sojo温泉俱乐部需提前预定位置，如需参加温泉项目请在订团时一并支付此费用，上团以后则不能预订。团出发前三天内定团，务必提前与客服确认温泉是否有票。2.如遇SojoSpa位置订满，行程将改为前往KingSpa。景点介绍：【Summit全景玻璃观景台TheSummitatOneVanderbilt】新晋网红景点悬浮玻璃观景台最吸引人的就是它的透明玻璃观景台，由透明玻璃和反光镜子搭建的镜屋，置身其中仿佛平行世界。在观景台周围漫步，可以清楚地看到克赖斯勒大厦、中央公园、哈德逊河和布莱恩特公园。观景台还会向你展示无数你自己和同伴的倒影，打造出在镜面地板上漂浮的感觉。【Sojo温泉俱乐部SojoSpaClub】位于哈德逊河边的Sojo温泉俱乐部，清新洁净的环境，贴心一流的服务，一定可以让你放松游玩。屋顶无边游泳池，您可以一边泡池，一变眺望哈德逊河，曼哈顿天际线的无美景尽收眼底。这里不仅有传统的室内汗蒸幂，还提供日式盘岩浴，按摩，美甲，脸部疗程，水疗等设施。【国王温泉水疗中心KingSpa&amp;Sauna】前往东海岸最大的韩式汗蒸房，享受健康养生人的搓澡天堂吧！KingSpa的灵感来自于韩国的&amp;ldquo;#Jjim-jil-bang&amp;rdquo;水疗中心，这里有不同类型的桑拿房，有助于放松身心，赶走疲劳，更有棋牌室、休息室、电影厅可供娱乐休闲。【美国之梦大型娱乐购物商业中心AmericanDream】美国之梦大型娱乐购物商业中心位于新泽西州，是一座集购物、娱乐、主题乐园于一体的大型购物中心。这里是购物的天堂，您可以尽情享受购物。您也可以走进北美最大的室内水上乐园体验水上项目带来的乐趣；参观位于城市地下的水族馆，展示不同类型的海洋生物，从小虾、海星到海马、鲨鱼等；乐高探索中心则专门为3-10岁孩子的家庭设计，包括4D影院、砖块泳池、积木课程、生日派对房间等。购物中心提供众多游玩项目，总有一款是您想要参加并且不容错过的。</w:t>
+              <w:t xml:space="preserve">今天我们将从波士顿出发，前往纽约SpaCastle水疗中心，SpaCastle坐落在纽约皇后区中心地带，是享受奢华水疗护理和无与伦比设施的首选目的地。在这里您可以远离尘嚣，尽情感受极致的放松。行程安排：波士顿&amp;rarr;纽约&amp;rarr;SpaCastle水疗中心（自费，4小时）温馨提示：1.由于SpaCastle水疗中心需提前预定位置，如需参加温泉项目请在订团时一并支付此费用，上团以后则不能预订。团出发前三天内定团，务必提前与客服确认温泉是否有票。景点介绍：【SpaCastle水疗中心】SpaCastle坐落在纽约皇后区中心地带，于2006年开业。《纽约时报》将其称为&amp;ldquo;漂浮在韩国水疗中心的游乐屋&amp;rdquo;。SpaCastle在韩国被称为Jjimjilbang，它利用传统亚洲和欧洲水疗中心的精髓，与世界各地的专家合作，开创了众多开创性的水疗和桑拿系统，创建了同类首家设施，成为美国水疗技术的创新者。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将前往美食云集的华人聚集地法拉盛，川山甲，膳房，豆捞坊等美食您可以尝一尝。在法拉盛悠闲自在的享受属于自己的美好时光，充分了解华人在美国的当地生活。最后我们将乘车返回波士顿。行程安排：法拉盛自由活动（2.5小时）&amp;rarr;波士顿</w:t>
+              <w:t xml:space="preserve">今天我们将前往美食云集的华人聚集地法拉盛，川山甲，膳房，豆捞坊等美食您可以尝一尝。在法拉盛悠闲自在的享受属于自己的美好时光，充分了解华人在美国的当地生活。最后我们将乘车返回波士顿。行程安排：法拉盛自由活动（2小时）&amp;rarr;波士顿</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -260,51 +260,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.餐饮（导游将提供建议。关于早餐：一般导游会在第1个景点附近安排您吃早餐或者提早1天通知您准备好第二天的早餐）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天支付US$12，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述Summit全景玻璃观景台TheSummitatOneVanderbilt成人：$57.00老人：$57.00儿童（6-12岁）：$46.00Sojo温泉俱乐部SojoSpaClub成人（18+）：$140.00仅限年满18周岁成人参加，年满16周岁需由成人陪同进入。</w:t>
+              <w:t xml:space="preserve">1.餐饮（导游将提供建议。关于早餐：一般导游会在第1个景点附近安排您吃早餐或者提早1天通知您准备好第二天的早餐）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）；4.服务费（每人每天支付US$15，儿童及占座婴儿均按成人标准支付）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述SpaCastle水疗中心成人：$110.00儿童（17岁以下）：$55.00仅限年满18周岁成人参加，18周岁以下儿童需由成人陪同进入。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>