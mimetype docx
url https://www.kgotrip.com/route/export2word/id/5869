--- v0 (2025-12-05)
+++ v1 (2026-02-25)
@@ -6,51 +6,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">【银榜惠享】夏威夷 欧胡岛 5天游-行程单【君行天下】</w:t>
+        <w:t xml:space="preserve">【银榜惠享】夏威夷州 欧胡岛 5日游-行程单【君行天下】</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="500" w:type="dxa"/>
         <w:gridCol w:w="7000" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
         <w:gridCol w:w="800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="Schedule Table"/>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="900" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -111,255 +111,255 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">参团当日免费接机机场：檀香山国际机场（HNL）参团当日免费接机时间：免费接机时间：06:30-21:59，此时间为客人与导游会面时间，逾时不候。22:00-24:00接机需再支付$30/单；24:00-06:30不提供接机服务（以上均为夏威夷本地时间）。</w:t>
+              <w:t xml:space="preserve">参团当日免费接机机场：檀香山国际机场（HNL）参团当日免费接机时间：免费接机时间：07:00-21:59，此时间为客人与导游会面时间，逾时不候。接机当天建议预订晚上22:00前抵达的航班（如因航班延误等不可抗力因素导致于晚上22:00-隔天06:00期间抵达的航班，无法提供免费接机服务，敬请谅解）参团当日付费接机时间：05:00-06:29，美国国内航班&amp;amp;加拿大航班费用：成人$25/人/单程、儿童$15/人/单程，国际航班费用：成人$35/人/单程、儿童$25/人/单程。22:00-04:59不提供接机服务（以上均为夏威夷本地时间）。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">早上07:45从酒店出发，前往参观位于夏威夷欧胡岛的西南部的珍珠港，远眺被日军炸沉的亚利桑那号纪念堂远眺密苏里舰。随后途经夏威夷州议会大厦和911事件之后不对观光车辆开放的美国太平洋国家军人烈士公墓。途经中国城，远眺孙中山先生铜像后，参观夏威夷第一任国王卡美哈美哈铜像，近眺国王皇宫，市政府大楼，最后参观夏威夷特有的绿宝石、黑珍珠、红珊瑚店。我们将于中午12:00左右返回酒店。行程安排：珍珠港（含远眺亚利桑那号战舰纪念馆）&amp;rarr;夏威夷州议会大厦（途经）&amp;rarr;夏威夷中国城（途经）&amp;rarr;卡美哈美哈铜像（外观）&amp;rarr;伊奥拉尼王宫（遥望）&amp;rarr;绿宝石、黑珍珠、红珊瑚店景点介绍：【珍珠港PearlHarbor】珍珠港地处瓦胡岛南岸的科劳山脉和怀阿奈山脉之间平原的最低处，是美国海军的基地和造船基地，也是北太平洋岛屿中最大最好的安全停泊港口之一。偷袭珍珠港事件发生在1941年12月7日清晨，日本联合舰队的飞机和微型潜艇突然袭击美国海军基地珍珠港以及美国陆军和海军在夏威夷欧胡岛上的飞机场。我们可以遥望为了纪念当年的惨痛教训，美国政府于1980年在&amp;ldquo;亚利桑那&amp;rdquo;号残骸上建立的亚利桑那纪念馆。【夏威夷州议会大厦HawaiiStateCapital】夏威夷州议会大厦建于1969年，是一个后现代主义的概念化建筑产物，贝聿铭的作品，风格独特。两座圆锥状的立法厅代表着夏威夷的根源&amp;mdash;火山，众多支撑柱象征着棕榈树，环绕露天圆形大厅的巨大水池则代表环抱着夏威夷群岛的太平洋。【卡美哈美哈国王铜像KamehamehaStatue,Kapaau】卡美哈美哈国王铜像在火奴鲁鲁市中心。铜像上的卡美哈美哈国王，身披象征王权的羽毛披肩，左手持着长矛，右手伸展做欢迎状。卡美哈美哈国王是夏威夷历史上第一个统一夏威夷群岛的国王。在美国五十个州里，只有夏威夷州有过国王的统治。所以，卡美哈美哈国王铜像成为来夏威夷的游客们必去的景点就很自然了。【伊奧拉尼王宮IolaniPalace】作为夏威夷王朝的故宫，奥拉尼王宫是每位游客了解夏威夷历史文化不可或缺的一站。皇宫前面，还能与夏威夷首任国王&amp;mdash;卡美哈美哈国王的铜像合影留念。</w:t>
+              <w:t xml:space="preserve">早上07:45从酒店出发，前往参观位于夏威夷欧胡岛的西南部的珍珠港，远眺被日军炸沉的亚利桑那号纪念堂远眺密苏里舰。随后途经夏威夷州议会大厦和911事件之后不对观光车辆开放的美国太平洋国家军人烈士公墓。途经中国城，远眺孙中山先生铜像后，参观夏威夷第一任国王卡美哈美哈铜像，近眺国王皇宫，市政府大楼，最后参观夏威夷特有的绿宝石、黑珍珠、红珊瑚店。我们将于中午12:00左右返回酒店。行程安排：珍珠港（90分钟，含远眺亚利桑那号战舰纪念馆）&amp;rarr;夏威夷州议会大厦（途经）&amp;rarr;夏威夷中国城（途经）&amp;rarr;卡美哈美哈铜像（外观，15分钟）&amp;rarr;伊奥拉尼王宫（遥望）&amp;rarr;绿宝石、黑珍珠、红珊瑚店温馨提示：珍珠港景点规定导游不可于园区内讲解；游客不可携带任何包包进入园区，随身钱包例外。景点介绍：【珍珠港PearlHarbor】珍珠港地处瓦胡岛南岸的科劳山脉和怀阿奈山脉之间平原的最低处，是美国海军的基地和造船基地，也是北太平洋岛屿中最大最好的安全停泊港口之一。偷袭珍珠港事件发生在1941年12月7日清晨，日本联合舰队的飞机和微型潜艇突然袭击美国海军基地珍珠港以及美国陆军和海军在夏威夷欧胡岛上的飞机场。我们可以遥望为了纪念当年的惨痛教训，美国政府于1980年在&amp;ldquo;亚利桑那&amp;rdquo;号残骸上建立的亚利桑那纪念馆。【夏威夷州议会大厦HawaiiStateCapital】夏威夷州议会大厦建于1969年，是一个后现代主义的概念化建筑产物，贝聿铭的作品，风格独特。两座圆锥状的立法厅代表着夏威夷的根源&amp;mdash;火山，众多支撑柱象征着棕榈树，环绕露天圆形大厅的巨大水池则代表环抱着夏威夷群岛的太平洋。【卡美哈美哈国王铜像KamehamehaStatue】卡美哈美哈国王铜像在火奴鲁鲁市中心。铜像上的卡美哈美哈国王，身披象征王权的羽毛披肩，左手持着长矛，右手伸展做欢迎状。卡美哈美哈国王是夏威夷历史上第一个统一夏威夷群岛的国王。在美国五十个州里，只有夏威夷州有过国王的统治。所以，卡美哈美哈国王铜像成为来夏威夷的游客们必去的景点就很自然了。【伊奧拉尼王宮IolaniPalace】作为夏威夷王朝的故宫，奥拉尼王宫是每位游客了解夏威夷历史文化不可或缺的一站。皇宫前面，还能与夏威夷首任国王&amp;mdash;卡美哈美哈国王的铜像合影留念。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将从酒店出发，首先途经闻名世界的海滩-威基基海滩，远观钻石头火山和海景亮丽的冲浪中心。途经哈拉高级住宅区，我们将停留在恐龙湾观光区眺望恐龙湾。参观了自然奇景海泉喷口后，我们将途经三温暖海滩，远眺兔子岛、乌龟岛。之后途经白色海滩和夏威夷族保护区，来到大风口风景区。行程结束后返回酒店。行程安排：威基基海滩（途经，可远眺钻石头火山）&amp;rarr;哈拉高级住宅区（途经）&amp;rarr;恐龙湾观光区（15分钟）&amp;rarr;海泉喷口&amp;rarr;三温暖海滩（途经）&amp;rarr;兔子岛、乌龟岛（远眺）&amp;rarr;白海滩、夏威夷族保护区（途经）&amp;rarr;努阿努帕里大风口景点介绍：【威基基海滩WaikikiBeach】威基基海滩位于夏威夷首府檀香山市，是世界上最著名的海滩，东起钻石山下的卡皮欧尼拉公园，西至阿拉威游艇码头，长度约1.61千米。这里有细软洁白的沙滩、摇曳多姿的椰子树以及林立的高楼大厦。这里林立着世界一流的购物、餐饮、娱乐、活动场所和度假村。在这里，你可以尽情享受夏威夷沙滩的无限风情。【海泉喷口HālonaBlowhole】奇景海泉喷口是一处非常特殊的自然景观，海岸边的岩石，经过长期的海蚀作用而形成一个小洞穴，每当大浪来袭，海水便由小洞穴喷发而出，形成一种天然奇观。【努阿努帕里大风口NuuanuPaliLookout】大风口以其终年强劲的大风而闻名，而且这里还是一处视域开阔的悬崖观景台。站在观景台可眺望欧胡岛东北平原优美的风景，在贯穿欧胡岛的强风吹拂中感受自然之美。</w:t>
+              <w:t xml:space="preserve">今天我们将从酒店出发，首先途经闻名世界的海滩-威基基海滩，远观钻石头火山和海景亮丽的冲浪中心。途经哈拉高级住宅区，我们将停留在恐龙湾观光区眺望恐龙湾。参观了自然奇景海泉喷口后，我们将途经三温暖海滩，远眺兔子岛、乌龟岛。之后途经白色海滩和夏威夷族保护区，来到大风口风景区。行程结束后返回酒店。行程安排：威基基海滩（途经）&amp;rarr;钻石头火山口观景台（15分钟）&amp;rarr;哈拉高级住宅区（途经）&amp;rarr;恐龙湾观光区（15分钟）&amp;rarr;海泉喷口（15分钟）&amp;rarr;三温暖海滩（途经）&amp;rarr;兔子岛、乌龟岛（远眺）&amp;rarr;白海滩、夏威夷族保护区（途经）&amp;rarr;努阿努帕里大风口（15分钟）景点介绍：【威基基海滩WaikikiBeach】威基基海滩位于夏威夷首府檀香山市，是世界上最著名的海滩，东起钻石山下的卡皮欧尼拉公园，西至阿拉威游艇码头，长度约1.61千米。这里有细软洁白的沙滩、摇曳多姿的椰子树以及林立的高楼大厦。这里林立着世界一流的购物、餐饮、娱乐、活动场所和度假村。在这里，你可以尽情享受夏威夷沙滩的无限风情。【海泉喷口HālonaBlowhole】奇景海泉喷口是一处非常特殊的自然景观，海岸边的岩石，经过长期的海蚀作用而形成一个小洞穴，每当大浪来袭，海水便由小洞穴喷发而出，形成一种天然奇观。【努阿努帕里大风口NuuanuPaliLookout】大风口以其终年强劲的大风而闻名，而且这里还是一处视域开阔的悬崖观景台。站在观景台可眺望欧胡岛东北平原优美的风景，在贯穿欧胡岛的强风吹拂中感受自然之美。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">北岸大环岛游（自费）今天中午12:00我们将从酒店出发，参观游览欧胡岛北岸风光。首先，我们将远观古庙，在瞻仰西安事变张学良先生与赵四女士的墓园后，前往火山豆农场。随后我们将来到KahukuTown，夏威夷特色的甜虾餐一定不能错过。之后我们将经过TurtleBay，沿途可欣赏夏威夷北海岸最北处的落日海滩。最后一站我们将来到杜尔菠萝园区(DolePlantation)，您可以逛夏威夷菠萝种植场或自费体验号称世界最大的迷宫。行程结束后，约19:00返回酒店。行程安排：远观神庙谷&amp;rarr;火山豆农场&amp;rarr;卡胡库虾场养殖区（可自费品尝特色甜虾餐）&amp;rarr;日落海滩&amp;rarr;杜尔菠萝园区&amp;rarr;酒店波利尼西亚文化中心（自费，含晚餐）今天下午13:30我们将从酒店出发，穿过欧胡岛的中央山脉后，沿着海岸线往北走。途经：中国帽子岛、乌龟岛等，沿线海景美不胜收。随后抵达波利尼西亚文化中心，观赏由七种不同部落组成的民俗文化村，并可享受丰富的自助晚餐。晚餐后，观赏由一百多位表演人员组成的盛大夏威夷传统歌舞表演及惊险的夏威夷吞火表演。景点介绍：【神庙谷ValleyofTemple】这座日式神庙坐落在海拔610米的葱郁的柯劳山脉中，于明治元年也就是公历1968年，为庆祝日裔移民移居夏威夷100周年而建。夏威夷的这座平等院其修建规模相当于日本京都本院的三分之一。这座神圣的日本寺庙完全延续了日本木质建筑的特点，从头到尾没有使用一颗钉子，完美呈现了木质建筑所拥有的自然之美。西安事变的主角张学良将军和夫人赵四都在这个幽静的山谷中长眠，大家可以在这里瞻仰一代传奇。【日落海滩SunsetBeach】北海岸的&amp;ldquo;日落海滩&amp;rdquo;是夏威夷最著名的观日落的地方之一，这里是冲浪者的天堂，每年冬天世界冲浪锦标赛都在这里举行。日落时分，海滩上有许多动人的风景：孩子们用沙堆砌城堡，小伙子们故意慢悠悠从一排女孩面前走过等等。【波利尼西亚文化中心及自助晚宴PolynesianCulturalCenter】前往著名的波利尼西亚文化中心体验最原汁原味的土著文化，这里是一个不可以错过的异域文化体验之地。波利尼西亚文化村是当地最受欢迎的旅游景点之一，萨摩亚区钻木取火、赤脚上树摘椰子的表演深受欢迎，塔希提岛区每天都有原住民的草裙舞演出。晚宴后，欣赏最受欢迎的大型夜晚秀&amp;ldquo;HA~生命之歌&amp;rdquo;，激情洋溢的表演者、震撼的鼓声、精湛的舞技、爆发的火山，将带给你一场特别的视觉震撼。</w:t>
+              <w:t xml:space="preserve">北岸大环岛游（自费）今天中午12:00我们将从酒店出发，参观游览欧胡岛北岸风光。首先，我们将参观古庙，在瞻仰西安事变张学良先生与赵四女士的墓园后，前往火山豆农场。随后我们将来到KahukuTown，夏威夷特色的甜虾餐一定不能错过。之后我们将经过TurtleBay，沿途可欣赏夏威夷北海岸最北处的落日海滩。最后一站我们将来到杜尔菠萝园区(DolePlantation)，您可以逛夏威夷菠萝种植场或自费体验号称世界最大的迷宫。行程结束后，约19:00返回酒店。行程安排：神庙谷（参观张学良赵四将军墓，15分钟）&amp;rarr;夏威夷果农场（15分钟）&amp;rarr;草帽岛（15分钟）&amp;rarr;卡胡库虾场养殖区（可自费品尝特色甜虾餐，20分钟）&amp;rarr;日落海滩（15分钟）&amp;rarr;杜尔菠萝园区（20分钟）&amp;rarr;酒店波利尼西亚文化中心（自费，含晚餐）今天下午13:30我们将从酒店出发，穿过欧胡岛的中央山脉后，沿着海岸线往北走。途经：中国帽子岛、乌龟岛等，沿线海景美不胜收。随后抵达波利尼西亚文化中心，观赏由七种不同部落组成的民俗文化村，并可享受丰富的自助晚餐。晚餐后，观赏由一百多位表演人员组成的盛大夏威夷传统歌舞表演及惊险的夏威夷吞火表演。行程安排：夏威夷果农场（10分钟）&amp;rarr;波利尼西亚文化村（120分钟）&amp;rarr;歌舞表演（90分钟）景点介绍：【神庙谷ValleyofTemple】这座日式神庙坐落在海拔610米的葱郁的柯劳山脉中，于明治元年也就是公历1968年，为庆祝日裔移民移居夏威夷100周年而建。夏威夷的这座平等院其修建规模相当于日本京都本院的三分之一。这座神圣的日本寺庙完全延续了日本木质建筑的特点，从头到尾没有使用一颗钉子，完美呈现了木质建筑所拥有的自然之美。西安事变的主角张学良将军和夫人赵四都在这个幽静的山谷中长眠，大家可以在这里瞻仰一代传奇。【日落海滩SunsetBeach】北海岸的&amp;ldquo;日落海滩&amp;rdquo;是夏威夷最著名的观日落的地方之一，这里是冲浪者的天堂，每年冬天世界冲浪锦标赛都在这里举行。日落时分，海滩上有许多动人的风景：孩子们用沙堆砌城堡，小伙子们故意慢悠悠从一排女孩面前走过等等。【波利尼西亚文化中心及自助晚宴PolynesianCulturalCenter】前往著名的波利尼西亚文化中心体验最原汁原味的土著文化，这里是一个不可以错过的异域文化体验之地。波利尼西亚文化村是当地最受欢迎的旅游景点之一，萨摩亚区钻木取火、赤脚上树摘椰子的表演深受欢迎，塔希提岛区每天都有原住民的草裙舞演出。晚宴后，欣赏最受欢迎的大型夜晚秀&amp;ldquo;HA~生命之歌&amp;rdquo;，激情洋溢的表演者、震撼的鼓声、精湛的舞技、爆发的火山，将带给你一场特别的视觉震撼。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">今天我们将结束愉快的旅程，檀香山国际机场（HNL）免费送机时间为06:30-21:59，您可根据自己需求预定合适的航班。</w:t>
+              <w:t xml:space="preserve">今天我们将结束愉快的旅程，檀香山国际机场（HNL）免费送机时间为05:30-21:30，建议您预定当天上午08:30以后起飞的航班。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"/>
             </w:r>
@@ -381,83 +381,83 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.交通费用；2.4晚酒店住宿；3.专业司机导游；</w:t>
+              <w:t xml:space="preserve">1.交通费用；2.4晚酒店住宿；3.专业中文司兼导（英语能力：日常沟通）。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.三餐（导游将提供建议）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知）；4.司机导游服务费（接机或送机：$5/人/次；市区观光、环岛精华游：$5/人；波利尼西亚文化村、北岸大环岛游：$12/人）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述北岸大环岛游览（预付）BigCircleIslandTour成人：$110.00兒童（12歲以下）：$100.00波利尼西亚文化中心（预付，含晚餐）PolynesianCulturalCenter(includedinner)成人：01/01/2024前：$155.00；01/01/2024起：$160.00儿童（3-11岁）：01/01/2024前：$125.00；01/01/2024起：$130.00爱之船StarOfHonoluluA套餐成人：$129.00儿童（3-11岁）：$85.00PacificStarBuffet&amp;amp;Show自助餐+接送服务（每日16:30P---20:00P，客人必须穿适当的服装）备注：周五烟花表演需加收$17.00/人，请在团上现付导游。爱之船StarOfHonoluluB套餐成人：$152.00儿童（3-11岁）：$99.00StarSunsetDinner&amp;amp;Show（牛排和螃蟹）+接送服务（每日16:30P---20:00P，客人必须穿适当的服装）备注：周五烟花表演需加收$17.00/人，请在团上现付导游。爱之船StarOfHonoluluC套餐成人：$192.00儿童（3-11岁）：$123.00ThreeStarSunsetDinner&amp;amp;Show（牛排和龙虾）+接送服务（每日16:30P---20:00P，客人必须穿适当的服装）备注：周五烟花表演需加收$17.00/人，请在团上现付导游。潜水艇Submarine成人：$165.00儿童（3-11岁）：$95.00每一行程约2小时，小孩必须是36英寸身高；不含接送，如须接送每人加$30，需另外支付$5/人服务费。</w:t>
+              <w:t xml:space="preserve">1.三餐（导游将提供建议）；2.行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；3.景点门票费用（门票价格时常波动，不再另行通知）；4.司机导游服务费（接机或送机：$5/人/次；市区观光、环岛精华游：$5/人；波利尼西亚文化村、北岸大环岛游：$12/人）；5.酒店房间内私人费用（洗衣费，电话费等）；6.一切除费用包含外的私人性质费用。自费项目项目名称价格说明描述北岸大环岛半日精华游BigCircleIslandHalfDayTour成人：$120.00儿童（4-11岁）：$95.00周一、周三、周五、周日出发。波利尼西亚文化中心（含自助晚餐）PolynesianCulturalCenter(includedinner)2025年-2026年成人：$200.002025年儿童（3-11岁）：$160.002026年儿童（3-11岁）：$165.00周一、周二、周四、周五、周六出发。豪华座位区+$15/人。升级烤乳猪晚宴+$70/人。檀岛之星观鲸之旅WhaleWatchingTour2025年成人：$95.002025年儿童（3-11岁）：$65.002026年成人：$105.002026年儿童（3-11岁）：$71.00仅限观鲸季1月-3月开放1月：周二、周四、周六出发2月：天天出发3月：天天出发（截止到3/20）含酒店接送服务+早餐檀岛之星爱之船StarOfHonoluluA套餐2025年成人：$148.002025年儿童（3-11岁）：$97.002026年成人：$159.002026年儿童（3-11岁）：$103.00天天出发（平日16:00-19:30PM，周五16:30-20:00PM）。PacificStarBuffet&amp;amp;Show自助餐+接送服务。备注：周五烟花表演需加收$19.00/人，请在团上现付导游。檀岛之星爱之船StarOfHonoluluC套餐成人：$213.00儿童（3-11岁）：$136.00天天出发（平日16:30-19:30PM，周五16:30-20:00PM）。ThreeStarSunsetDinner&amp;amp;Show（牛排+龙虾+鸡尾酒）+接送服务。备注：周五烟花表演需加收$19.00/人，请在团上现付导游。亚特兰蒂斯海底巡航潜水艇AtlantisCruiseSubmarine2025年成人：USD$173.002025年儿童（3-11岁）：USD$81.002026年成人：USD$175.002026年儿童（3-11岁）：USD$82.00天天出发。儿童身高须36英寸以上。不含酒店接送服务，如需接送+$30/人。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8600" w:type="dxa"/>